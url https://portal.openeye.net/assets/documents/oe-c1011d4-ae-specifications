--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="30673C41" w14:textId="77777777" w:rsidR="00406554" w:rsidRDefault="00406554" w:rsidP="00406554">
       <w:pPr>
         <w:pStyle w:val="TitleOfSection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="037F4795" w14:textId="484BD5FB" w:rsidR="00406554" w:rsidRPr="00244D12" w:rsidRDefault="00DB6B6F" w:rsidP="00ED26FC">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">OPENEYE </w:t>
       </w:r>
@@ -131,161 +131,200 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Camera</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00244D12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00406554" w:rsidRPr="00244D12">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="4F81BD" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>www.openeye.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44E9DAEC" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00FE3604" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="0C5919FC" w14:textId="77777777" w:rsidR="00B86DC5" w:rsidRPr="00B86DC5" w:rsidRDefault="00B86DC5" w:rsidP="00B86DC5">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B86DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DIVISION 28 - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B86DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ELECTRONIC SAFETY AND SECURITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5146837B" w14:textId="77777777" w:rsidR="00B86DC5" w:rsidRPr="00B86DC5" w:rsidRDefault="00B86DC5" w:rsidP="00B86DC5">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B86DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 00 00 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B86DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192EE299" w14:textId="77777777" w:rsidR="00B86DC5" w:rsidRPr="00B86DC5" w:rsidRDefault="00B86DC5" w:rsidP="00B86DC5">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B86DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 20 00 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B86DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Video Surveillance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B7C40D" w14:textId="77777777" w:rsidR="00B86DC5" w:rsidRPr="00B86DC5" w:rsidRDefault="00B86DC5" w:rsidP="00B86DC5">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B86DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 05 19 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B86DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Storage Appliances for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42E8F09A" w14:textId="77777777" w:rsidR="00B86DC5" w:rsidRPr="00B86DC5" w:rsidRDefault="00B86DC5" w:rsidP="00B86DC5">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B86DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...69 lines deleted...]
-    <w:p w14:paraId="0A3C0D5C" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 23 00 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B86DC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Video Management System</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3C0D5C" w14:textId="7A00D0D9" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:firstLine="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="00FE3604">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="3CD92B55" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00FE3604" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3604">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PART 1 GENERAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72603C75" w14:textId="77777777" w:rsidR="00D041D6" w:rsidRPr="00D041D6" w:rsidRDefault="00D041D6" w:rsidP="00D041D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
@@ -365,358 +404,351 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003238AE">
         <w:t>Network Video Management Software</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="785F27E0" w14:textId="793B4557" w:rsidR="00F21E4C" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="1512"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003238AE">
         <w:t>Online Web Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7589B156" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+    <w:p w14:paraId="7589B156" w14:textId="7F97F849" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003238AE">
-        <w:t>References</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1ABFD5D7" w14:textId="68AC0C72" w:rsidR="00F21E4C" w:rsidRPr="001A276D" w:rsidRDefault="00557599" w:rsidP="00614373">
+        <w:t>Re</w:t>
+      </w:r>
+      <w:r w:rsidR="00657136">
+        <w:t>lated Requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71A7CB53" w14:textId="77777777" w:rsidR="00657136" w:rsidRPr="00657136" w:rsidRDefault="00657136" w:rsidP="00657136">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A276D">
-[...6 lines deleted...]
-    <w:p w14:paraId="32F62DA1" w14:textId="293A68B8" w:rsidR="00F21E4C" w:rsidRPr="001A276D" w:rsidRDefault="006B5CF3" w:rsidP="00942413">
+      <w:r w:rsidRPr="00657136">
+        <w:t>28 05 00 Common Work Results for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3031F0" w14:textId="77777777" w:rsidR="00657136" w:rsidRPr="00657136" w:rsidRDefault="00657136" w:rsidP="00657136">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A276D">
-[...8 lines deleted...]
-    <w:p w14:paraId="45BA0224" w14:textId="52FBE217" w:rsidR="00F21E4C" w:rsidRPr="001A276D" w:rsidRDefault="006B5CF3" w:rsidP="00107A1E">
+      <w:r w:rsidRPr="00657136">
+        <w:t>28 05 25 Cloud Based Storage for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF8B34E" w14:textId="77777777" w:rsidR="00657136" w:rsidRPr="00657136" w:rsidRDefault="00657136" w:rsidP="00657136">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A276D">
-[...3 lines deleted...]
-    <w:p w14:paraId="0BF104E9" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="001A276D" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:r w:rsidRPr="00657136">
+        <w:t>28 21 13.11 IP Cameras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11BCD0A3" w14:textId="74D6F17E" w:rsidR="009E2C88" w:rsidRDefault="00657136" w:rsidP="00657136">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A276D">
-[...3 lines deleted...]
-    <w:p w14:paraId="11BCD0A3" w14:textId="070EDFF6" w:rsidR="009E2C88" w:rsidRPr="00C53D0E" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
+      <w:r w:rsidRPr="00657136">
+        <w:t>28 21 13.13 Analytic Packages for IP Cameras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC85B99" w14:textId="77777777" w:rsidR="00657136" w:rsidRPr="00C53D0E" w:rsidRDefault="00657136" w:rsidP="00657136">
+      <w:pPr>
+        <w:ind w:left="1155"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="139CAE98" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:t>SUBMITTALS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A95FE9" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="009E2C88" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:t>Manufacturer’s</w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CF3" w:rsidRPr="003238AE">
+        <w:t xml:space="preserve"> data sheets in digital or printed form</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23929D61" w14:textId="4A097C4A" w:rsidR="004966EA" w:rsidRPr="003238AE" w:rsidRDefault="004966EA" w:rsidP="00C53D0E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="792"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:t>Manufacturer’s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CF3" w:rsidRPr="003238AE">
+        <w:t>installation and operations manuals in digital or printed form</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CCF0401" w14:textId="77777777" w:rsidR="00C53D0E" w:rsidRDefault="00C53D0E">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AAC657C" w14:textId="1ADC344C" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:lastRenderedPageBreak/>
+        <w:t>QUALIFICATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B7C632" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:t>Manufacturer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCA8E8F" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:t>Manufacturer shall have been in business for more than 10 years</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55BBC89B" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="003238AE" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:t>Installer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB09ECA" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:t>All installation, configuration, setup and related work shall be performed by an authorized technician certified by the manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B5567CE" w14:textId="6778179F" w:rsidR="009808F5" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="1512"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="001A276D">
-[...3 lines deleted...]
-    <w:p w14:paraId="139CAE98" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:r>
+        <w:t>All installation shall be performed by a technician licensed to install and service video surveillance and security equipment as mandated by the authority having jurisdiction</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="064D96E6" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRDefault="000E68A7" w:rsidP="009808F5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003238AE">
-[...142 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00557599">
         <w:t xml:space="preserve">WARRANTY &amp; </w:t>
       </w:r>
       <w:r w:rsidR="004966EA">
         <w:t>SUPPORT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="231E33D7" w14:textId="52F46D42" w:rsidR="000E68A7" w:rsidRPr="00557599" w:rsidRDefault="000E68A7" w:rsidP="00C53D0E">
+    <w:p w14:paraId="231E33D7" w14:textId="3DCF17F0" w:rsidR="000E68A7" w:rsidRPr="00557599" w:rsidRDefault="000E68A7" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00557599">
         <w:t xml:space="preserve">The Network Video Camera shall come with a minimum </w:t>
       </w:r>
-      <w:r w:rsidR="009808F5">
-        <w:t>3</w:t>
+      <w:r w:rsidR="00B86DC5">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="009808F5" w:rsidRPr="00557599">
         <w:t>-year</w:t>
       </w:r>
       <w:r w:rsidRPr="00557599">
         <w:t xml:space="preserve"> manufacturer’s warranty with the 1st year including advance replacement service.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58B7883C" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00557599" w:rsidRDefault="000E68A7" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Network Video Camera shall come with a heroic customer service support structure, including a 1-888 number for technical service, pre and post sales assistance, and full access to online technical support as well as online sales support.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F24A6E" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRDefault="000E68A7" w:rsidP="00C53D0E">
+    <w:p w14:paraId="13F24A6E" w14:textId="407AD7D4" w:rsidR="000E68A7" w:rsidRDefault="00B86DC5" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00557599">
-[...5 lines deleted...]
-        <w:t>Technical support shall be available for 24 hours per day 7 days per week to all integrators and dealers free of charge.</w:t>
+      <w:r w:rsidRPr="00B86DC5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Technical support shall be available weekdays from 5 a.m. to 5 p.m. PST</w:t>
+      </w:r>
+      <w:r w:rsidR="000E68A7" w:rsidRPr="00557599">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="511E0F43" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="004966EA" w:rsidRDefault="004966EA" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004966EA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Firmware updates and patches shall be available free of charge. </w:t>
       </w:r>
     </w:p>
@@ -1462,98 +1494,98 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Power Requirements: Components shall have the following electrical specifications: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0686A9C4" w14:textId="11BCD1E2" w:rsidR="00406554" w:rsidRPr="00C53D0E" w:rsidRDefault="00406554" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C53D0E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Power Requirement: </w:t>
       </w:r>
       <w:r w:rsidR="00FA66FD" w:rsidRPr="00C53D0E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PoE (IEEE 802.3af) / </w:t>
       </w:r>
       <w:r w:rsidR="00147DC6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>12v</w:t>
       </w:r>
       <w:r w:rsidR="00FA66FD" w:rsidRPr="00C53D0E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DC ±25%</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="772B66BE" w14:textId="66C767E2" w:rsidR="009F6961" w:rsidRPr="00557599" w:rsidRDefault="009F6961" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Max power: </w:t>
       </w:r>
       <w:r w:rsidR="00FA66FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5.5</w:t>
       </w:r>
       <w:r w:rsidR="00365BD3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0018548D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Watts </w:t>
@@ -2597,74 +2629,74 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>capabilities shall:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="374658B8" w14:textId="77777777" w:rsidR="00214538" w:rsidRPr="00557599" w:rsidRDefault="00214538" w:rsidP="00096EC4">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Be capable of encoding video for network transmission across a LAN or WAN.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20C6564C" w14:textId="20FA706F" w:rsidR="00183944" w:rsidRPr="00557599" w:rsidRDefault="00227EAF" w:rsidP="00096EC4">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Be capable of compressing and transmitting video</w:t>
       </w:r>
       <w:r w:rsidR="00183944" w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>data using MJPEG</w:t>
       </w:r>
       <w:r w:rsidR="007F4ADA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
@@ -4389,274 +4421,290 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00557599" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="678702F5" w14:textId="77777777" w:rsidR="00214538" w:rsidRDefault="00214538" w:rsidP="006C76B9">
+    <w:p w14:paraId="747202BA" w14:textId="77777777" w:rsidR="0088788C" w:rsidRDefault="0088788C" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DF190A5" w14:textId="77777777" w:rsidR="00214538" w:rsidRDefault="00214538" w:rsidP="006C76B9">
+    <w:p w14:paraId="20BC36DF" w14:textId="77777777" w:rsidR="0088788C" w:rsidRDefault="0088788C" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Swis721 BT">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica 45 Light">
-    <w:altName w:val="Courier New"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0403020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Montserrat SemiBold">
+    <w:panose1 w:val="00000700000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="0D27EC36" w14:textId="2CDE5434" w:rsidR="00591AEE" w:rsidRDefault="00503A27" w:rsidP="00591AEE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0D27EC36" w14:textId="40EBA4AD" w:rsidR="00591AEE" w:rsidRDefault="00503A27" w:rsidP="00591AEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>375</w:t>
     </w:r>
     <w:r w:rsidR="00B16D34">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>13</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00B16D34">
+    <w:r w:rsidR="00B86DC5">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>A</w:t>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="1DBA1D64" w14:textId="0C5EAAAC" w:rsidR="00591AEE" w:rsidRDefault="00503A27" w:rsidP="00591AEE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1DBA1D64" w14:textId="46B82763" w:rsidR="00591AEE" w:rsidRDefault="00503A27" w:rsidP="00591AEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00B16D34">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00B16D34">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>13</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00B16D34">
+    <w:r w:rsidR="00B86DC5">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>A</w:t>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3964430A" w14:textId="77777777" w:rsidR="00214538" w:rsidRDefault="00214538" w:rsidP="006C76B9">
+    <w:p w14:paraId="6CE108B3" w14:textId="77777777" w:rsidR="0088788C" w:rsidRDefault="0088788C" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2455F123" w14:textId="77777777" w:rsidR="00214538" w:rsidRDefault="00214538" w:rsidP="006C76B9">
+    <w:p w14:paraId="75C202DB" w14:textId="77777777" w:rsidR="0088788C" w:rsidRDefault="0088788C" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="06919657" w14:textId="202AE26D" w:rsidR="0020113E" w:rsidRDefault="0020113E">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00ED1759">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t xml:space="preserve">OpenEye </w:t>
+          <w:t>OpenEye</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00ED1759">
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00867366">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>OE-</w:t>
         </w:r>
         <w:r w:rsidR="00B16D34">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>C1011D4</w:t>
         </w:r>
       </w:p>
       <w:p w14:paraId="1A41359D" w14:textId="77777777" w:rsidR="00214538" w:rsidRDefault="00214538">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r w:rsidRPr="00ED1759">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
@@ -4737,51 +4785,51 @@
         </w:r>
         <w:r w:rsidR="008369A8" w:rsidRPr="00ED1759">
           <w:rPr>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="52B28FBE" w14:textId="77777777" w:rsidR="00214538" w:rsidRPr="00ED1759" w:rsidRDefault="00214538" w:rsidP="00ED1759">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B3FFF46" w14:textId="621F28F4" w:rsidR="00214538" w:rsidRPr="00ED1759" w:rsidRDefault="00214538" w:rsidP="00ED1759">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06052C3B" wp14:editId="0F7E7A06">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>704850</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>428625</wp:posOffset>
           </wp:positionV>
@@ -4811,73 +4859,88 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1828800" cy="361950"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00ED1759">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
-      <w:t xml:space="preserve">OpenEye </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00ED1759">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>OpenEye</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00ED1759">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00867366">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>OE-C</w:t>
     </w:r>
     <w:r w:rsidR="00B16D34">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1011D4</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="11311206" w14:textId="77777777" w:rsidR="001A276D" w:rsidRDefault="001A276D"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C1F3821"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B86CB598"/>
     <w:lvl w:ilvl="0" w:tplc="2BC22D02">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
@@ -6482,50 +6545,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67A33339"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A5EE4EBE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F125728"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6218A186"/>
     <w:lvl w:ilvl="0" w:tplc="3468F48E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6571,51 +6747,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="731428B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8FA2D92"/>
     <w:lvl w:ilvl="0" w:tplc="32FC4530">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6661,51 +6837,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F7A463C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13A864A8"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F97822B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -6753,196 +6929,202 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="919489369">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1347908344">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="239481578">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1511292760">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1462188374">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="790126117">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="7" w16cid:durableId="1075275694">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="759641286">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="656880390">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="293340619">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1314675348">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="152986717">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1796408902">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="2048290122">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1862740091">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="2065710599">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1390376011">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1926911213">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="157310050">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1374623294">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1868831812">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="960573999">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="837616887">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="559751027">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="143400468">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="262766408">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="175577242">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1517648168">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="2136828679">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="360515851">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1083799895">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1205369444">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="33" w16cid:durableId="23754691">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="19">
-[...2 lines deleted...]
-  <w:num w:numId="20">
+  <w:num w:numId="34" w16cid:durableId="553740079">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="35" w16cid:durableId="1655570891">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="22">
-[...39 lines deleted...]
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="36" w16cid:durableId="1310548369">
+    <w:abstractNumId w:val="16"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="108545"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00406554"/>
     <w:rsid w:val="0000123B"/>
     <w:rsid w:val="00004834"/>
     <w:rsid w:val="0000636C"/>
     <w:rsid w:val="00006920"/>
     <w:rsid w:val="00007755"/>
@@ -6959,50 +7141,51 @@
     <w:rsid w:val="000503A6"/>
     <w:rsid w:val="00055BF9"/>
     <w:rsid w:val="000606A9"/>
     <w:rsid w:val="00064A28"/>
     <w:rsid w:val="000656D9"/>
     <w:rsid w:val="000744C8"/>
     <w:rsid w:val="00082AC4"/>
     <w:rsid w:val="00086C5E"/>
     <w:rsid w:val="00093065"/>
     <w:rsid w:val="00095205"/>
     <w:rsid w:val="00096EC4"/>
     <w:rsid w:val="000A0151"/>
     <w:rsid w:val="000A2456"/>
     <w:rsid w:val="000B1301"/>
     <w:rsid w:val="000B4CF6"/>
     <w:rsid w:val="000B58FC"/>
     <w:rsid w:val="000B6C8A"/>
     <w:rsid w:val="000B7EAD"/>
     <w:rsid w:val="000C7804"/>
     <w:rsid w:val="000C7971"/>
     <w:rsid w:val="000D0F11"/>
     <w:rsid w:val="000E3AB7"/>
     <w:rsid w:val="000E68A7"/>
     <w:rsid w:val="000F61BD"/>
     <w:rsid w:val="000F6DA8"/>
+    <w:rsid w:val="000F7899"/>
     <w:rsid w:val="00106EC6"/>
     <w:rsid w:val="0011542F"/>
     <w:rsid w:val="00116B8E"/>
     <w:rsid w:val="00125ACB"/>
     <w:rsid w:val="001264EF"/>
     <w:rsid w:val="001321F5"/>
     <w:rsid w:val="00132F55"/>
     <w:rsid w:val="001347CE"/>
     <w:rsid w:val="00147B83"/>
     <w:rsid w:val="00147DC6"/>
     <w:rsid w:val="00155237"/>
     <w:rsid w:val="001554F5"/>
     <w:rsid w:val="00163218"/>
     <w:rsid w:val="00165AAE"/>
     <w:rsid w:val="00170306"/>
     <w:rsid w:val="00171805"/>
     <w:rsid w:val="00177C07"/>
     <w:rsid w:val="00183944"/>
     <w:rsid w:val="0018548D"/>
     <w:rsid w:val="00197153"/>
     <w:rsid w:val="001A276D"/>
     <w:rsid w:val="001A3E02"/>
     <w:rsid w:val="001A3F6E"/>
     <w:rsid w:val="001B0C78"/>
     <w:rsid w:val="001B2310"/>
@@ -7194,50 +7377,51 @@
     <w:rsid w:val="0057732E"/>
     <w:rsid w:val="00591AEE"/>
     <w:rsid w:val="00592763"/>
     <w:rsid w:val="0059299D"/>
     <w:rsid w:val="00593B9D"/>
     <w:rsid w:val="0059628D"/>
     <w:rsid w:val="005A0F96"/>
     <w:rsid w:val="005A7B7E"/>
     <w:rsid w:val="005B055D"/>
     <w:rsid w:val="005B206A"/>
     <w:rsid w:val="005C2ACA"/>
     <w:rsid w:val="005D452D"/>
     <w:rsid w:val="005D4ADF"/>
     <w:rsid w:val="005D55DC"/>
     <w:rsid w:val="005F25E5"/>
     <w:rsid w:val="005F3B97"/>
     <w:rsid w:val="00603099"/>
     <w:rsid w:val="006051AE"/>
     <w:rsid w:val="00606A32"/>
     <w:rsid w:val="00607199"/>
     <w:rsid w:val="006117B0"/>
     <w:rsid w:val="006130D8"/>
     <w:rsid w:val="00644A1A"/>
     <w:rsid w:val="00645928"/>
     <w:rsid w:val="00656648"/>
+    <w:rsid w:val="00657136"/>
     <w:rsid w:val="00662C2A"/>
     <w:rsid w:val="0067018A"/>
     <w:rsid w:val="0067399F"/>
     <w:rsid w:val="00674F44"/>
     <w:rsid w:val="00675EF0"/>
     <w:rsid w:val="00676C62"/>
     <w:rsid w:val="00681498"/>
     <w:rsid w:val="006836D7"/>
     <w:rsid w:val="00683FEB"/>
     <w:rsid w:val="006A6FB0"/>
     <w:rsid w:val="006B1838"/>
     <w:rsid w:val="006B27B2"/>
     <w:rsid w:val="006B5CF3"/>
     <w:rsid w:val="006B5DAA"/>
     <w:rsid w:val="006B6829"/>
     <w:rsid w:val="006C07F4"/>
     <w:rsid w:val="006C0EB0"/>
     <w:rsid w:val="006C2E80"/>
     <w:rsid w:val="006C52BC"/>
     <w:rsid w:val="006C76B9"/>
     <w:rsid w:val="006D38AE"/>
     <w:rsid w:val="006D47F7"/>
     <w:rsid w:val="006E3374"/>
     <w:rsid w:val="006E776F"/>
     <w:rsid w:val="006F0B25"/>
@@ -7297,89 +7481,91 @@
     <w:rsid w:val="0082269D"/>
     <w:rsid w:val="00822A7D"/>
     <w:rsid w:val="00822FF8"/>
     <w:rsid w:val="00825043"/>
     <w:rsid w:val="00827485"/>
     <w:rsid w:val="008342FF"/>
     <w:rsid w:val="008369A8"/>
     <w:rsid w:val="00836F1A"/>
     <w:rsid w:val="0083749D"/>
     <w:rsid w:val="00841169"/>
     <w:rsid w:val="008422AE"/>
     <w:rsid w:val="00843621"/>
     <w:rsid w:val="00845EE2"/>
     <w:rsid w:val="00854355"/>
     <w:rsid w:val="008548D7"/>
     <w:rsid w:val="00855887"/>
     <w:rsid w:val="008605CF"/>
     <w:rsid w:val="00867366"/>
     <w:rsid w:val="008677F2"/>
     <w:rsid w:val="00876518"/>
     <w:rsid w:val="00876D76"/>
     <w:rsid w:val="00881431"/>
     <w:rsid w:val="008814BD"/>
     <w:rsid w:val="008823D9"/>
     <w:rsid w:val="0088751C"/>
+    <w:rsid w:val="0088788C"/>
     <w:rsid w:val="00892702"/>
     <w:rsid w:val="00893E4E"/>
     <w:rsid w:val="008A0A67"/>
     <w:rsid w:val="008A23D9"/>
     <w:rsid w:val="008B2288"/>
     <w:rsid w:val="008B4039"/>
     <w:rsid w:val="008D14BF"/>
     <w:rsid w:val="008D397A"/>
     <w:rsid w:val="008D3F0A"/>
     <w:rsid w:val="008E2A39"/>
     <w:rsid w:val="008E3071"/>
     <w:rsid w:val="008E492D"/>
     <w:rsid w:val="008E4FEA"/>
     <w:rsid w:val="008E710F"/>
     <w:rsid w:val="008F0DA9"/>
     <w:rsid w:val="008F1508"/>
     <w:rsid w:val="008F16ED"/>
     <w:rsid w:val="00902213"/>
     <w:rsid w:val="00911475"/>
     <w:rsid w:val="0091265A"/>
     <w:rsid w:val="00912975"/>
     <w:rsid w:val="00912C82"/>
     <w:rsid w:val="009148E3"/>
     <w:rsid w:val="009178EE"/>
     <w:rsid w:val="00917D38"/>
     <w:rsid w:val="0092104B"/>
     <w:rsid w:val="00922EB9"/>
     <w:rsid w:val="00931FF8"/>
     <w:rsid w:val="00950CFF"/>
     <w:rsid w:val="009713B5"/>
     <w:rsid w:val="00974509"/>
     <w:rsid w:val="009808F5"/>
     <w:rsid w:val="0098472E"/>
     <w:rsid w:val="00985BBC"/>
     <w:rsid w:val="00986A63"/>
     <w:rsid w:val="00994A5F"/>
     <w:rsid w:val="00995F59"/>
     <w:rsid w:val="009967A4"/>
     <w:rsid w:val="00996B58"/>
+    <w:rsid w:val="00997493"/>
     <w:rsid w:val="009A2A72"/>
     <w:rsid w:val="009A316E"/>
     <w:rsid w:val="009A6241"/>
     <w:rsid w:val="009A7F76"/>
     <w:rsid w:val="009B13BD"/>
     <w:rsid w:val="009B3927"/>
     <w:rsid w:val="009B5F3B"/>
     <w:rsid w:val="009C37B7"/>
     <w:rsid w:val="009C723A"/>
     <w:rsid w:val="009D210F"/>
     <w:rsid w:val="009D3B29"/>
     <w:rsid w:val="009D3ED9"/>
     <w:rsid w:val="009E2C88"/>
     <w:rsid w:val="009E4639"/>
     <w:rsid w:val="009E4FBD"/>
     <w:rsid w:val="009F5617"/>
     <w:rsid w:val="009F6961"/>
     <w:rsid w:val="009F7023"/>
     <w:rsid w:val="00A02A78"/>
     <w:rsid w:val="00A038C8"/>
     <w:rsid w:val="00A03FB2"/>
     <w:rsid w:val="00A05F3F"/>
     <w:rsid w:val="00A170E0"/>
     <w:rsid w:val="00A24ABF"/>
     <w:rsid w:val="00A24BE4"/>
@@ -7415,50 +7601,51 @@
     <w:rsid w:val="00AF2282"/>
     <w:rsid w:val="00AF6865"/>
     <w:rsid w:val="00AF7D3F"/>
     <w:rsid w:val="00B043C1"/>
     <w:rsid w:val="00B066FC"/>
     <w:rsid w:val="00B1234D"/>
     <w:rsid w:val="00B16D34"/>
     <w:rsid w:val="00B22AFE"/>
     <w:rsid w:val="00B235C9"/>
     <w:rsid w:val="00B27007"/>
     <w:rsid w:val="00B31BA6"/>
     <w:rsid w:val="00B33E06"/>
     <w:rsid w:val="00B3676F"/>
     <w:rsid w:val="00B37015"/>
     <w:rsid w:val="00B4040C"/>
     <w:rsid w:val="00B412FE"/>
     <w:rsid w:val="00B571CA"/>
     <w:rsid w:val="00B571F4"/>
     <w:rsid w:val="00B63E46"/>
     <w:rsid w:val="00B6597E"/>
     <w:rsid w:val="00B74DC0"/>
     <w:rsid w:val="00B762D5"/>
     <w:rsid w:val="00B80466"/>
     <w:rsid w:val="00B84582"/>
     <w:rsid w:val="00B86970"/>
+    <w:rsid w:val="00B86DC5"/>
     <w:rsid w:val="00B87FCB"/>
     <w:rsid w:val="00B927D4"/>
     <w:rsid w:val="00B96415"/>
     <w:rsid w:val="00BA150B"/>
     <w:rsid w:val="00BA2A1C"/>
     <w:rsid w:val="00BA3468"/>
     <w:rsid w:val="00BB016E"/>
     <w:rsid w:val="00BB28F9"/>
     <w:rsid w:val="00BB67DA"/>
     <w:rsid w:val="00BB7302"/>
     <w:rsid w:val="00BB7405"/>
     <w:rsid w:val="00BC2432"/>
     <w:rsid w:val="00BC539B"/>
     <w:rsid w:val="00BC553A"/>
     <w:rsid w:val="00BD062F"/>
     <w:rsid w:val="00BD0942"/>
     <w:rsid w:val="00BD757F"/>
     <w:rsid w:val="00BE1900"/>
     <w:rsid w:val="00BF069C"/>
     <w:rsid w:val="00BF661C"/>
     <w:rsid w:val="00C01136"/>
     <w:rsid w:val="00C053AC"/>
     <w:rsid w:val="00C143D7"/>
     <w:rsid w:val="00C157FC"/>
     <w:rsid w:val="00C267B2"/>
@@ -7613,80 +7800,80 @@
     <w:rsid w:val="00FE41C3"/>
     <w:rsid w:val="00FE5865"/>
     <w:rsid w:val="00FE690E"/>
     <w:rsid w:val="00FE7BC6"/>
     <w:rsid w:val="00FF006B"/>
     <w:rsid w:val="00FF03EB"/>
     <w:rsid w:val="00FF1802"/>
     <w:rsid w:val="00FF6780"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="108545"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="074E59A0"/>
   <w15:docId w15:val="{E818C657-F628-42B1-85B0-62219E358C19}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8019,51 +8206,50 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -8445,55 +8631,71 @@
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009713B5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A3">
     <w:name w:val="A3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE6AFE"/>
     <w:rPr>
       <w:rFonts w:cs="Helvetica 45 Light"/>
       <w:color w:val="000000"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B86DC5"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="749498498">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1095632808">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8846,68 +9048,68 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D7FE248-3CF7-49F3-B4EF-C242E1055779}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1303</Words>
-  <Characters>7433</Characters>
+  <Words>1257</Words>
+  <Characters>7167</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8719</CharactersWithSpaces>
+  <CharactersWithSpaces>8408</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>