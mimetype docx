--- v0 (2025-10-13)
+++ v1 (2025-12-07)
@@ -203,161 +203,199 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Camera</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00244D12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00406554" w:rsidRPr="00244D12">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="4F81BD" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>www.openeye.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44E9DAEC" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00FE3604" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
+    <w:p w14:paraId="2187FC87" w14:textId="77777777" w:rsidR="003D26CA" w:rsidRPr="003D26CA" w:rsidRDefault="003D26CA" w:rsidP="003D26CA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DIVISION 28 - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ELECTRONIC SAFETY AND SECURITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78EF9BB5" w14:textId="77777777" w:rsidR="003D26CA" w:rsidRPr="003D26CA" w:rsidRDefault="003D26CA" w:rsidP="003D26CA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 00 00 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3578B3" w14:textId="77777777" w:rsidR="003D26CA" w:rsidRPr="003D26CA" w:rsidRDefault="003D26CA" w:rsidP="003D26CA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 20 00 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Video Surveillance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D642DF0" w14:textId="77777777" w:rsidR="003D26CA" w:rsidRPr="003D26CA" w:rsidRDefault="003D26CA" w:rsidP="003D26CA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 05 19 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Storage Appliances for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="374331E5" w14:textId="77777777" w:rsidR="003D26CA" w:rsidRPr="003D26CA" w:rsidRDefault="003D26CA" w:rsidP="003D26CA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 23 00 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Video Management System</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3C0D5C" w14:textId="0C07C7C8" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="003D26CA">
       <w:pPr>
         <w:spacing w:after="240"/>
-        <w:rPr>
-[...106 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3CD92B55" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00FE3604" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3604">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>PART 1 GENERAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72603C75" w14:textId="77777777" w:rsidR="00D041D6" w:rsidRPr="00D041D6" w:rsidRDefault="00D041D6" w:rsidP="00D041D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
@@ -437,353 +475,351 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003238AE">
         <w:t>Network Video Management Software</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="785F27E0" w14:textId="793B4557" w:rsidR="00F21E4C" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="1512"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003238AE">
         <w:t>Online Web Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7589B156" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+    <w:p w14:paraId="54DD405E" w14:textId="77777777" w:rsidR="006220CA" w:rsidRDefault="006220CA" w:rsidP="006220CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003238AE">
-        <w:t>References</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1ABFD5D7" w14:textId="68AC0C72" w:rsidR="00F21E4C" w:rsidRPr="001A276D" w:rsidRDefault="00557599" w:rsidP="00614373">
+        <w:t>Re</w:t>
+      </w:r>
+      <w:r>
+        <w:t>lated Requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46FB3B7D" w14:textId="77777777" w:rsidR="006220CA" w:rsidRPr="00B11B39" w:rsidRDefault="006220CA" w:rsidP="006220CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A276D">
-[...6 lines deleted...]
-    <w:p w14:paraId="32F62DA1" w14:textId="293A68B8" w:rsidR="00F21E4C" w:rsidRPr="001A276D" w:rsidRDefault="006B5CF3" w:rsidP="00942413">
+      <w:r w:rsidRPr="00B11B39">
+        <w:t>28 05 00 Common Work Results for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F260AC5" w14:textId="77777777" w:rsidR="006220CA" w:rsidRPr="00B11B39" w:rsidRDefault="006220CA" w:rsidP="006220CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A276D">
-[...3 lines deleted...]
-    <w:p w14:paraId="45BA0224" w14:textId="52FBE217" w:rsidR="00F21E4C" w:rsidRPr="001A276D" w:rsidRDefault="006B5CF3" w:rsidP="00107A1E">
+      <w:r w:rsidRPr="00B11B39">
+        <w:t>28 05 25 Cloud Based Storage for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6177F1AB" w14:textId="77777777" w:rsidR="006220CA" w:rsidRPr="00B11B39" w:rsidRDefault="006220CA" w:rsidP="006220CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A276D">
-[...3 lines deleted...]
-    <w:p w14:paraId="0BF104E9" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="001A276D" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:r w:rsidRPr="00B11B39">
+        <w:t>28 21 13.11 IP Cameras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="517F1F9C" w14:textId="77777777" w:rsidR="006220CA" w:rsidRPr="00B11B39" w:rsidRDefault="006220CA" w:rsidP="006220CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A276D">
-[...3 lines deleted...]
-    <w:p w14:paraId="11BCD0A3" w14:textId="070EDFF6" w:rsidR="009E2C88" w:rsidRPr="00C53D0E" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
+      <w:r w:rsidRPr="00B11B39">
+        <w:t>28 21 13.13 Analytic Packages for IP Cameras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750AC986" w14:textId="77777777" w:rsidR="003D26CA" w:rsidRPr="003D26CA" w:rsidRDefault="003D26CA" w:rsidP="003D26CA">
+      <w:pPr>
+        <w:ind w:left="1155"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="139CAE98" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:t>SUBMITTALS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A95FE9" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="009E2C88" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:t>Manufacturer’s</w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CF3" w:rsidRPr="003238AE">
+        <w:t xml:space="preserve"> data sheets in digital or printed form</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23929D61" w14:textId="4A097C4A" w:rsidR="004966EA" w:rsidRPr="003238AE" w:rsidRDefault="004966EA" w:rsidP="00C53D0E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="792"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:t>Manufacturer’s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CF3" w:rsidRPr="003238AE">
+        <w:t>installation and operations manuals in digital or printed form</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CCF0401" w14:textId="77777777" w:rsidR="00C53D0E" w:rsidRDefault="00C53D0E">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AAC657C" w14:textId="1ADC344C" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:lastRenderedPageBreak/>
+        <w:t>QUALIFICATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B7C632" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:t>Manufacturer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCA8E8F" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:t>Manufacturer shall have been in business for more than 10 years</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55BBC89B" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="003238AE" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:t>Installer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB09ECA" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003238AE">
+        <w:t>All installation, configuration, setup and related work shall be performed by an authorized technician certified by the manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B5567CE" w14:textId="6778179F" w:rsidR="009808F5" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="1512"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="001A276D">
-[...3 lines deleted...]
-    <w:p w14:paraId="139CAE98" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:r>
+        <w:t>All installation shall be performed by a technician licensed to install and service video surveillance and security equipment as mandated by the authority having jurisdiction</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="064D96E6" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRDefault="000E68A7" w:rsidP="009808F5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="003238AE">
-[...142 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00557599">
         <w:t xml:space="preserve">WARRANTY &amp; </w:t>
       </w:r>
       <w:r w:rsidR="004966EA">
         <w:t>SUPPORT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="231E33D7" w14:textId="52F46D42" w:rsidR="000E68A7" w:rsidRPr="00557599" w:rsidRDefault="000E68A7" w:rsidP="00C53D0E">
+    <w:p w14:paraId="231E33D7" w14:textId="7E9F0630" w:rsidR="000E68A7" w:rsidRPr="00557599" w:rsidRDefault="000E68A7" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00557599">
         <w:t xml:space="preserve">The Network Video Camera shall come with a minimum </w:t>
       </w:r>
-      <w:r w:rsidR="009808F5">
-        <w:t>3</w:t>
+      <w:r w:rsidR="003D26CA">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="009808F5" w:rsidRPr="00557599">
         <w:t>-year</w:t>
       </w:r>
       <w:r w:rsidRPr="00557599">
         <w:t xml:space="preserve"> manufacturer’s warranty with the 1st year including advance replacement service.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58B7883C" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00557599" w:rsidRDefault="000E68A7" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Network Video Camera shall come with a heroic customer service support structure, including a 1-888 number for technical service, pre and post sales assistance, and full access to online technical support as well as online sales support.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F24A6E" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRDefault="000E68A7" w:rsidP="00C53D0E">
+    <w:p w14:paraId="13F24A6E" w14:textId="23C5CB57" w:rsidR="000E68A7" w:rsidRDefault="003D26CA" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00557599">
-[...5 lines deleted...]
-        <w:t>Technical support shall be available for 24 hours per day 7 days per week to all integrators and dealers free of charge.</w:t>
+      <w:r w:rsidRPr="003D26CA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Technical support shall be available weekdays from 5 a.m. to 5 p.m. PST</w:t>
+      </w:r>
+      <w:r w:rsidR="000E68A7" w:rsidRPr="00557599">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="511E0F43" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="004966EA" w:rsidRDefault="004966EA" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004966EA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Firmware updates and patches shall be available free of charge. </w:t>
       </w:r>
     </w:p>
@@ -1479,51 +1515,50 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OPERATING SPECIFICATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CB0D75B" w14:textId="77777777" w:rsidR="00406554" w:rsidRPr="00557599" w:rsidRDefault="00406554" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Environmental Condit</w:t>
       </w:r>
       <w:r w:rsidR="006051AE" w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ions: </w:t>
       </w:r>
       <w:r w:rsidR="005B206A" w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="006051AE" w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1583,50 +1618,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5742AF80" w14:textId="76029010" w:rsidR="00406554" w:rsidRPr="00557599" w:rsidRDefault="00406554" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Operating Temperature: </w:t>
       </w:r>
       <w:r w:rsidR="00FA66FD" w:rsidRPr="00FA66FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00E209C1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
       <w:r w:rsidR="00FA66FD" w:rsidRPr="00FA66FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>°F ~ 140°F (-3</w:t>
@@ -1858,69 +1894,67 @@
         <w:t xml:space="preserve"> shall have </w:t>
       </w:r>
       <w:r w:rsidR="000E68A7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the FCC and UL certifications clearly marked on the product and box label.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31609603" w14:textId="77777777" w:rsidR="00FA66FD" w:rsidRDefault="00237490" w:rsidP="00147DC6">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Dimensions</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00774370">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00774370">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E2E8762" w14:textId="708B2A29" w:rsidR="009808F5" w:rsidRDefault="00FA66FD" w:rsidP="00147DC6">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2823,107 +2857,107 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> used for activating alarm events.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="304CC57D" w14:textId="7E3094C5" w:rsidR="00AA0407" w:rsidRDefault="009B3927" w:rsidP="007F4ADA">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Include 1 audio input and 1 audio output.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43514E88" w14:textId="76C9759E" w:rsidR="00223899" w:rsidRDefault="00333033" w:rsidP="00223899">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk65905519"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk65905519"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Have a reset button on the camera to restore the device to default parameters</w:t>
       </w:r>
       <w:r w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="35B68CDA" w14:textId="77777777" w:rsidR="005B206A" w:rsidRPr="00557599" w:rsidRDefault="00227EAF" w:rsidP="00BA162F">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">TRANSMISSION </w:t>
       </w:r>
       <w:r w:rsidR="005B206A" w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CAPABILITIES</w:t>
       </w:r>
       <w:r w:rsidR="00D6298B" w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – The </w:t>
       </w:r>
       <w:r w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">network video camera </w:t>
@@ -3857,51 +3891,50 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a Motion Detection function.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="577DE7F2" w14:textId="77777777" w:rsidR="0012081C" w:rsidRPr="00F83E8C" w:rsidRDefault="0012081C" w:rsidP="002563DD">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F83E8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Motion Detection function must allow for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00F83E8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> separate motion detection areas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14382275" w14:textId="77777777" w:rsidR="0012081C" w:rsidRPr="00F83E8C" w:rsidRDefault="0012081C" w:rsidP="002563DD">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
@@ -3928,50 +3961,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>object detection size.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="488E996D" w14:textId="77777777" w:rsidR="0012081C" w:rsidRDefault="0012081C" w:rsidP="002563DD">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F83E8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The Motion Detection function must have configurable actions that occur when motion is detected, including sending a notification email with a JPG attachment, triggering the alarm output on the camera, recording the video stream for a pre-defined duration to an internal microSD card</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, saving pre-defined number of snapshot images to an internal microSD card</w:t>
       </w:r>
       <w:r w:rsidRPr="00F83E8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DA981F4" w14:textId="77777777" w:rsidR="0012081C" w:rsidRDefault="0012081C" w:rsidP="0012081C">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
@@ -4340,247 +4374,198 @@
         <w:t>, saving pre-defined number of snapshot images to an internal microSD card</w:t>
       </w:r>
       <w:r w:rsidRPr="00F83E8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="684A8E72" w14:textId="37F9F007" w:rsidR="00A345EB" w:rsidRPr="00F83E8C" w:rsidRDefault="0083749D" w:rsidP="00096EC4">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F83E8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Have the ability to</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> sync with an NTP server. </w:t>
+        <w:t xml:space="preserve">Have the ability to sync with an NTP server. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F478BA0" w14:textId="77777777" w:rsidR="00A345EB" w:rsidRPr="00F83E8C" w:rsidRDefault="00A345EB" w:rsidP="00096EC4">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F83E8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Have the ability to</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> be discovered over multiple sub-nets with the use of a Camera Discovery Tool.</w:t>
+        <w:t>Have the ability to be discovered over multiple sub-nets with the use of a Camera Discovery Tool.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46C4354B" w14:textId="77777777" w:rsidR="00A345EB" w:rsidRPr="00F83E8C" w:rsidRDefault="00A345EB" w:rsidP="00F83E8C">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F83E8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">With the Camera Discovery tool </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">With the Camera Discovery tool have the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90C52" w:rsidRPr="00F83E8C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ability</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F83E8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">have the </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> set </w:t>
+        <w:t xml:space="preserve"> to set </w:t>
       </w:r>
       <w:r w:rsidR="00F83E8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>IP</w:t>
       </w:r>
       <w:r w:rsidRPr="00F83E8C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> fields, camera settings, and program firmware on multiple cameras at the same time. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="703D529D" w14:textId="448D53B9" w:rsidR="00365BD3" w:rsidRDefault="00365BD3" w:rsidP="00FF03EB">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">KEY ACCESSORIES </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The camera shall have the following accessories for mounting and controlling the camera in various </w:t>
-[...8 lines deleted...]
-        <w:t>settings</w:t>
+        <w:t>The camera shall have the following accessories for mounting and controlling the camera in various settings</w:t>
       </w:r>
       <w:r w:rsidR="008814BD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="11E1B735" w14:textId="77777777" w:rsidR="00461C66" w:rsidRDefault="00461C66" w:rsidP="00461C66">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008814BD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>OE-CA10JB-01</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF03EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Round Junction box</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -4664,51 +4649,60 @@
         </w:rPr>
         <w:t xml:space="preserve">Pendant cap for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>all 10-Series cameras;</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF03EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> fits 1 ½ inch threaded pipe</w:t>
       </w:r>
       <w:r w:rsidR="005F1483">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (combine with the OE-CA00WM-01 Wall Mount alone or in combination with the OE-CA00CM-01 Corner Mount or the OE-CA00PMK-02 Pole Mount Kit, or the OE-CA00CMP-01 Ceiling Mount)</w:t>
+        <w:t xml:space="preserve"> (combine with the OE-CA00WM-01 Wall Mount alone or in combination with the OE-</w:t>
+      </w:r>
+      <w:r w:rsidR="005F1483">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>CA00CM-01 Corner Mount or the OE-CA00PMK-02 Pole Mount Kit, or the OE-CA00CMP-01 Ceiling Mount)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A932C40" w14:textId="5F3F286B" w:rsidR="00461C66" w:rsidRDefault="00461C66" w:rsidP="00461C66">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008814BD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OE-CA10WM-01</w:t>
       </w:r>
       <w:r>
@@ -5254,213 +5248,227 @@
       <w:r w:rsidRPr="00557599">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00557599" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="254C25E5" w14:textId="77777777" w:rsidR="00B75D13" w:rsidRDefault="00B75D13" w:rsidP="006C76B9">
+    <w:p w14:paraId="11708E05" w14:textId="77777777" w:rsidR="00F959F8" w:rsidRDefault="00F959F8" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="134E5761" w14:textId="77777777" w:rsidR="00B75D13" w:rsidRDefault="00B75D13" w:rsidP="006C76B9">
+    <w:p w14:paraId="29597E65" w14:textId="77777777" w:rsidR="00F959F8" w:rsidRDefault="00F959F8" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Swis721 BT">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica 45 Light">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0403020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Montserrat SemiBold">
+    <w:panose1 w:val="00000700000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0D27EC36" w14:textId="40D6382F" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
+  <w:p w14:paraId="0D27EC36" w14:textId="06A6B3E5" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>37</w:t>
     </w:r>
     <w:r w:rsidR="00BF1360">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>770</w:t>
     </w:r>
     <w:r w:rsidR="00565A78">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>AA</w:t>
+      <w:t>A</w:t>
+    </w:r>
+    <w:r w:rsidR="003D26CA">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1DBA1D64" w14:textId="4FFF3189" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
+  <w:p w14:paraId="1DBA1D64" w14:textId="63B36147" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>37</w:t>
     </w:r>
     <w:r w:rsidR="00BF1360">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>770</w:t>
     </w:r>
     <w:r w:rsidR="00503A27">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00B16D34">
+    <w:r w:rsidR="003D26CA">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>A</w:t>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BE2422C" w14:textId="77777777" w:rsidR="00B75D13" w:rsidRDefault="00B75D13" w:rsidP="006C76B9">
+    <w:p w14:paraId="39986BFF" w14:textId="77777777" w:rsidR="00F959F8" w:rsidRDefault="00F959F8" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="555341EE" w14:textId="77777777" w:rsidR="00B75D13" w:rsidRDefault="00B75D13" w:rsidP="006C76B9">
+    <w:p w14:paraId="24389E32" w14:textId="77777777" w:rsidR="00F959F8" w:rsidRDefault="00F959F8" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="06919657" w14:textId="31C95B8B" w:rsidR="0020113E" w:rsidRDefault="0020113E">
         <w:pPr>
           <w:pStyle w:val="Header"/>
@@ -5945,50 +5953,163 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17B122EA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A5EE4EBE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="215209B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B02ABF02"/>
     <w:lvl w:ilvl="0" w:tplc="B3623750">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6034,51 +6155,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CA2795D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0316BAC6"/>
     <w:lvl w:ilvl="0" w:tplc="BB16E40E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6124,51 +6245,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FD53949"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCEC8EB4"/>
     <w:lvl w:ilvl="0" w:tplc="8354CC88">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1512" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2232" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -6213,51 +6334,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5832" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6552" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7272" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33284D42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6B90FFAC"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F97822B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -6305,51 +6426,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A977FC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3722214"/>
     <w:lvl w:ilvl="0" w:tplc="A95836C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6395,51 +6516,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EFB587E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13A864A8"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F97822B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -6487,51 +6608,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40DF7315"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8D96608C"/>
     <w:styleLink w:val="Style1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SECTION %1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="666"/>
@@ -6628,51 +6749,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4032"/>
         </w:tabs>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4608"/>
         </w:tabs>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="420B63B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23189438"/>
     <w:lvl w:ilvl="0" w:tplc="72187900">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -6717,51 +6838,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46015B67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8FA2D92"/>
     <w:lvl w:ilvl="0" w:tplc="32FC4530">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6807,51 +6928,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B4A276D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FD265616"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Part"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SECTION %1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1674" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Article"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6951,51 +7072,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4032"/>
         </w:tabs>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4608"/>
         </w:tabs>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52456F20"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E2EC21BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SECTION %1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="666"/>
@@ -7089,51 +7210,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4032"/>
         </w:tabs>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4608"/>
         </w:tabs>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="576D428C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="548C0EB6"/>
     <w:lvl w:ilvl="0" w:tplc="AFE09AA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7179,51 +7300,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57923C47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="745EB3F4"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -7268,51 +7389,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EE1356B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39B2AD38"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F97822B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -7360,51 +7481,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F125728"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6218A186"/>
     <w:lvl w:ilvl="0" w:tplc="3468F48E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7450,51 +7571,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="731428B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8FA2D92"/>
     <w:lvl w:ilvl="0" w:tplc="32FC4530">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7540,51 +7661,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F7A463C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2F870B0"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F97822B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -7663,162 +7784,168 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2058772762">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1695643875">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="249967592">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="176778455">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="249967592">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="244729948">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1894190615">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="416290316">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="16933589">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1379892884">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="159004168">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1788817564">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="212237067">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="215356593">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1070277231">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="848056233">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1635259282">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="930510862">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="464468447">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="2003661286">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="815148104">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1983072042">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1239054033">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="121192084">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="175265886">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="377356884">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="159004168">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="27" w16cid:durableId="698360030">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1788817564">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="28" w16cid:durableId="244998294">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="212237067">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="29" w16cid:durableId="1442912610">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="215356593">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="30" w16cid:durableId="439030974">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1070277231">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="31" w16cid:durableId="2035618688">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="848056233">
-[...2 lines deleted...]
-  <w:num w:numId="17" w16cid:durableId="1635259282">
+  <w:num w:numId="32" w16cid:durableId="379478158">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="930510862">
-[...43 lines deleted...]
-  </w:num>
   <w:num w:numId="33" w16cid:durableId="1267736462">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1032389444">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="855651009">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1370766468">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="507721331">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -7843,50 +7970,51 @@
     <w:rsid w:val="000606A9"/>
     <w:rsid w:val="00064A28"/>
     <w:rsid w:val="000656D9"/>
     <w:rsid w:val="000744C8"/>
     <w:rsid w:val="00082AC4"/>
     <w:rsid w:val="00086C5E"/>
     <w:rsid w:val="00093065"/>
     <w:rsid w:val="00095205"/>
     <w:rsid w:val="00096EC4"/>
     <w:rsid w:val="000A0151"/>
     <w:rsid w:val="000A2456"/>
     <w:rsid w:val="000B1301"/>
     <w:rsid w:val="000B4CF6"/>
     <w:rsid w:val="000B58FC"/>
     <w:rsid w:val="000B6C8A"/>
     <w:rsid w:val="000B7EAD"/>
     <w:rsid w:val="000C7804"/>
     <w:rsid w:val="000C7971"/>
     <w:rsid w:val="000D0F11"/>
     <w:rsid w:val="000E3AB7"/>
     <w:rsid w:val="000E68A7"/>
     <w:rsid w:val="000F0FEA"/>
     <w:rsid w:val="000F61BD"/>
     <w:rsid w:val="000F6DA8"/>
     <w:rsid w:val="00106EC6"/>
+    <w:rsid w:val="00111F39"/>
     <w:rsid w:val="0011542F"/>
     <w:rsid w:val="00116B8E"/>
     <w:rsid w:val="001201CC"/>
     <w:rsid w:val="0012081C"/>
     <w:rsid w:val="00125ACB"/>
     <w:rsid w:val="001264EF"/>
     <w:rsid w:val="001321F5"/>
     <w:rsid w:val="00132F55"/>
     <w:rsid w:val="001347CE"/>
     <w:rsid w:val="00147B83"/>
     <w:rsid w:val="00147DC6"/>
     <w:rsid w:val="00155237"/>
     <w:rsid w:val="001554F5"/>
     <w:rsid w:val="00163218"/>
     <w:rsid w:val="001655CD"/>
     <w:rsid w:val="00165AAE"/>
     <w:rsid w:val="00170306"/>
     <w:rsid w:val="00171805"/>
     <w:rsid w:val="00172C62"/>
     <w:rsid w:val="00177C07"/>
     <w:rsid w:val="00183944"/>
     <w:rsid w:val="0018548D"/>
     <w:rsid w:val="00197153"/>
     <w:rsid w:val="001A276D"/>
     <w:rsid w:val="001A3E02"/>
@@ -7980,50 +8108,51 @@
     <w:rsid w:val="003526F5"/>
     <w:rsid w:val="00355C90"/>
     <w:rsid w:val="00355CD9"/>
     <w:rsid w:val="003607D8"/>
     <w:rsid w:val="00364BE6"/>
     <w:rsid w:val="00365BD3"/>
     <w:rsid w:val="003761F3"/>
     <w:rsid w:val="003818A7"/>
     <w:rsid w:val="00381E9F"/>
     <w:rsid w:val="00383B26"/>
     <w:rsid w:val="003862B5"/>
     <w:rsid w:val="00390821"/>
     <w:rsid w:val="00392720"/>
     <w:rsid w:val="00393A66"/>
     <w:rsid w:val="00393DC7"/>
     <w:rsid w:val="003A434C"/>
     <w:rsid w:val="003A6312"/>
     <w:rsid w:val="003B1F47"/>
     <w:rsid w:val="003B68A1"/>
     <w:rsid w:val="003C3503"/>
     <w:rsid w:val="003C3637"/>
     <w:rsid w:val="003C68EA"/>
     <w:rsid w:val="003D0451"/>
     <w:rsid w:val="003D0B73"/>
     <w:rsid w:val="003D1A16"/>
+    <w:rsid w:val="003D26CA"/>
     <w:rsid w:val="003D2E80"/>
     <w:rsid w:val="003D3BD2"/>
     <w:rsid w:val="003D4159"/>
     <w:rsid w:val="003D4BB2"/>
     <w:rsid w:val="003D587E"/>
     <w:rsid w:val="003D6998"/>
     <w:rsid w:val="003E08FE"/>
     <w:rsid w:val="003E17EE"/>
     <w:rsid w:val="003E38B3"/>
     <w:rsid w:val="003E4340"/>
     <w:rsid w:val="003E4F92"/>
     <w:rsid w:val="003E5A4D"/>
     <w:rsid w:val="003F0F2A"/>
     <w:rsid w:val="003F4F5B"/>
     <w:rsid w:val="003F5FC8"/>
     <w:rsid w:val="00400ACA"/>
     <w:rsid w:val="004012AA"/>
     <w:rsid w:val="00401A1B"/>
     <w:rsid w:val="00404529"/>
     <w:rsid w:val="00406554"/>
     <w:rsid w:val="004066BE"/>
     <w:rsid w:val="0041112A"/>
     <w:rsid w:val="004160E1"/>
     <w:rsid w:val="004167A8"/>
     <w:rsid w:val="0041766A"/>
@@ -8093,50 +8222,51 @@
     <w:rsid w:val="00577151"/>
     <w:rsid w:val="0057732E"/>
     <w:rsid w:val="00591AEE"/>
     <w:rsid w:val="00592763"/>
     <w:rsid w:val="0059299D"/>
     <w:rsid w:val="00593B9D"/>
     <w:rsid w:val="0059628D"/>
     <w:rsid w:val="005A0F96"/>
     <w:rsid w:val="005A7B7E"/>
     <w:rsid w:val="005B055D"/>
     <w:rsid w:val="005B206A"/>
     <w:rsid w:val="005C2ACA"/>
     <w:rsid w:val="005D452D"/>
     <w:rsid w:val="005D4ADF"/>
     <w:rsid w:val="005D55DC"/>
     <w:rsid w:val="005F1483"/>
     <w:rsid w:val="005F25E5"/>
     <w:rsid w:val="005F3B97"/>
     <w:rsid w:val="00603099"/>
     <w:rsid w:val="006051AE"/>
     <w:rsid w:val="0060696E"/>
     <w:rsid w:val="00606A32"/>
     <w:rsid w:val="00607199"/>
     <w:rsid w:val="006117B0"/>
     <w:rsid w:val="006130D8"/>
+    <w:rsid w:val="006220CA"/>
     <w:rsid w:val="00633C04"/>
     <w:rsid w:val="00637715"/>
     <w:rsid w:val="00644A1A"/>
     <w:rsid w:val="00645928"/>
     <w:rsid w:val="00654695"/>
     <w:rsid w:val="00656648"/>
     <w:rsid w:val="00662C2A"/>
     <w:rsid w:val="0067018A"/>
     <w:rsid w:val="0067399F"/>
     <w:rsid w:val="00674F44"/>
     <w:rsid w:val="00675EF0"/>
     <w:rsid w:val="00676C62"/>
     <w:rsid w:val="00681498"/>
     <w:rsid w:val="006836D7"/>
     <w:rsid w:val="00683FEB"/>
     <w:rsid w:val="006A6FB0"/>
     <w:rsid w:val="006B1838"/>
     <w:rsid w:val="006B27B2"/>
     <w:rsid w:val="006B2D01"/>
     <w:rsid w:val="006B5CF3"/>
     <w:rsid w:val="006B5DAA"/>
     <w:rsid w:val="006B6829"/>
     <w:rsid w:val="006C07F4"/>
     <w:rsid w:val="006C0EB0"/>
     <w:rsid w:val="006C2E80"/>
@@ -8248,50 +8378,51 @@
     <w:rsid w:val="008F16ED"/>
     <w:rsid w:val="008F58F2"/>
     <w:rsid w:val="00902213"/>
     <w:rsid w:val="00911475"/>
     <w:rsid w:val="0091265A"/>
     <w:rsid w:val="00912975"/>
     <w:rsid w:val="00912C82"/>
     <w:rsid w:val="009148E3"/>
     <w:rsid w:val="009178EE"/>
     <w:rsid w:val="00917D38"/>
     <w:rsid w:val="0092104B"/>
     <w:rsid w:val="00922EB9"/>
     <w:rsid w:val="00931FF8"/>
     <w:rsid w:val="00950CFF"/>
     <w:rsid w:val="009713B5"/>
     <w:rsid w:val="00974509"/>
     <w:rsid w:val="009808F5"/>
     <w:rsid w:val="00982991"/>
     <w:rsid w:val="0098472E"/>
     <w:rsid w:val="00985BBC"/>
     <w:rsid w:val="00986A63"/>
     <w:rsid w:val="00994A5F"/>
     <w:rsid w:val="00995F59"/>
     <w:rsid w:val="009967A4"/>
     <w:rsid w:val="00996B58"/>
+    <w:rsid w:val="00997493"/>
     <w:rsid w:val="009A2A72"/>
     <w:rsid w:val="009A316E"/>
     <w:rsid w:val="009A6241"/>
     <w:rsid w:val="009A7F76"/>
     <w:rsid w:val="009B13BD"/>
     <w:rsid w:val="009B3927"/>
     <w:rsid w:val="009B5F3B"/>
     <w:rsid w:val="009C37B7"/>
     <w:rsid w:val="009C723A"/>
     <w:rsid w:val="009D210F"/>
     <w:rsid w:val="009D3B29"/>
     <w:rsid w:val="009D3ED9"/>
     <w:rsid w:val="009E2C88"/>
     <w:rsid w:val="009E4639"/>
     <w:rsid w:val="009E4FBD"/>
     <w:rsid w:val="009F3EF1"/>
     <w:rsid w:val="009F5617"/>
     <w:rsid w:val="009F6961"/>
     <w:rsid w:val="009F7023"/>
     <w:rsid w:val="00A02A78"/>
     <w:rsid w:val="00A038C8"/>
     <w:rsid w:val="00A03FB2"/>
     <w:rsid w:val="00A05F3F"/>
     <w:rsid w:val="00A170E0"/>
     <w:rsid w:val="00A24814"/>
@@ -8506,50 +8637,51 @@
     <w:rsid w:val="00F23459"/>
     <w:rsid w:val="00F24A34"/>
     <w:rsid w:val="00F24F9B"/>
     <w:rsid w:val="00F27E4D"/>
     <w:rsid w:val="00F347AC"/>
     <w:rsid w:val="00F36EB6"/>
     <w:rsid w:val="00F411C2"/>
     <w:rsid w:val="00F44BD0"/>
     <w:rsid w:val="00F45639"/>
     <w:rsid w:val="00F4634A"/>
     <w:rsid w:val="00F522A1"/>
     <w:rsid w:val="00F52BF3"/>
     <w:rsid w:val="00F56BDD"/>
     <w:rsid w:val="00F56DC9"/>
     <w:rsid w:val="00F60868"/>
     <w:rsid w:val="00F61E9F"/>
     <w:rsid w:val="00F6301C"/>
     <w:rsid w:val="00F65061"/>
     <w:rsid w:val="00F71670"/>
     <w:rsid w:val="00F74101"/>
     <w:rsid w:val="00F82F6F"/>
     <w:rsid w:val="00F83E8C"/>
     <w:rsid w:val="00F86019"/>
     <w:rsid w:val="00F87319"/>
     <w:rsid w:val="00F90C52"/>
+    <w:rsid w:val="00F959F8"/>
     <w:rsid w:val="00FA5977"/>
     <w:rsid w:val="00FA5F67"/>
     <w:rsid w:val="00FA66FD"/>
     <w:rsid w:val="00FB036A"/>
     <w:rsid w:val="00FB0EEE"/>
     <w:rsid w:val="00FB68F3"/>
     <w:rsid w:val="00FB6A1C"/>
     <w:rsid w:val="00FD2EE1"/>
     <w:rsid w:val="00FD5442"/>
     <w:rsid w:val="00FD6BB2"/>
     <w:rsid w:val="00FE2E19"/>
     <w:rsid w:val="00FE33AB"/>
     <w:rsid w:val="00FE41C3"/>
     <w:rsid w:val="00FE5865"/>
     <w:rsid w:val="00FE690E"/>
     <w:rsid w:val="00FE7BC6"/>
     <w:rsid w:val="00FF006B"/>
     <w:rsid w:val="00FF03EB"/>
     <w:rsid w:val="00FF1802"/>
     <w:rsid w:val="00FF6780"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -9374,50 +9506,66 @@
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009713B5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A3">
     <w:name w:val="A3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE6AFE"/>
     <w:rPr>
       <w:rFonts w:cs="Helvetica 45 Light"/>
       <w:color w:val="000000"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D26CA"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="39398612">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1953508812">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -9829,68 +9977,68 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B03C4272-FE93-4116-B1C3-0891579F8337}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1567</Words>
-  <Characters>8933</Characters>
+  <Words>1520</Words>
+  <Characters>8669</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>74</Lines>
+  <Lines>72</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10480</CharactersWithSpaces>
+  <CharactersWithSpaces>10169</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>