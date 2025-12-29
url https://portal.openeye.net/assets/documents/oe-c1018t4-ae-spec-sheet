--- v0 (2025-10-16)
+++ v1 (2025-12-29)
@@ -1940,103 +1940,97 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="56BEC72D" w14:textId="545F4725" w:rsidR="00CD0FB0" w:rsidRPr="001E02FB" w:rsidRDefault="00CD0FB0" w:rsidP="00F85F41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E02FB">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Warranty Period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FEBFE29" w14:textId="1F4F508C" w:rsidR="00CD0FB0" w:rsidRDefault="004A1904" w:rsidP="00F85F41">
+    <w:p w14:paraId="6FEBFE29" w14:textId="7CAA2386" w:rsidR="00CD0FB0" w:rsidRDefault="004A1904" w:rsidP="00F85F41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>The m</w:t>
       </w:r>
       <w:r w:rsidR="00CD0FB0">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>anufacturer shall warrant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CD0FB0">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">camera for a period of </w:t>
       </w:r>
-      <w:r w:rsidR="00DF5265">
-[...3 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="00DB6AEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="000743F4">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> years for the repair or replacement of defective equipment</w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D1E4FF4" w14:textId="5ACC1CC1" w:rsidR="000743F4" w:rsidRPr="001E02FB" w:rsidRDefault="000743F4" w:rsidP="000743F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E02FB">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>CERTIFICATIONS</w:t>
       </w:r>
     </w:p>
@@ -5583,108 +5577,108 @@
       <w:r w:rsidRPr="00495019">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00727A7A" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29E340D5" w14:textId="77777777" w:rsidR="000B746F" w:rsidRDefault="000B746F" w:rsidP="006C76B9">
+    <w:p w14:paraId="5F9B7383" w14:textId="77777777" w:rsidR="005853A3" w:rsidRDefault="005853A3" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="065E6863" w14:textId="77777777" w:rsidR="000B746F" w:rsidRDefault="000B746F" w:rsidP="006C76B9">
+    <w:p w14:paraId="69AD4CCE" w14:textId="77777777" w:rsidR="005853A3" w:rsidRDefault="005853A3" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat Medium">
     <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
@@ -5734,172 +5728,180 @@
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat SemiBold">
     <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0D27EC36" w14:textId="218120AF" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
+  <w:p w14:paraId="0D27EC36" w14:textId="75821FED" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00477D29">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="003837DB">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="000F1504">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00B90364">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>64</w:t>
     </w:r>
     <w:r w:rsidR="00565A78" w:rsidRPr="00477D29">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>AA</w:t>
+      <w:t>A</w:t>
+    </w:r>
+    <w:r w:rsidR="00896DDE">
+      <w:rPr>
+        <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1DBA1D64" w14:textId="494B7739" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
+  <w:p w14:paraId="1DBA1D64" w14:textId="0647CC7B" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="0025270A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="0025270A" w:rsidRPr="0025270A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="000F1504">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00B90364">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>64</w:t>
     </w:r>
     <w:r w:rsidR="00503A27" w:rsidRPr="0025270A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00B16D34" w:rsidRPr="0025270A">
+    <w:r w:rsidR="00896DDE">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>A</w:t>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16BA216F" w14:textId="77777777" w:rsidR="000B746F" w:rsidRDefault="000B746F" w:rsidP="006C76B9">
+    <w:p w14:paraId="527D4C4E" w14:textId="77777777" w:rsidR="005853A3" w:rsidRDefault="005853A3" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32AD003B" w14:textId="77777777" w:rsidR="000B746F" w:rsidRDefault="000B746F" w:rsidP="006C76B9">
+    <w:p w14:paraId="11E7D329" w14:textId="77777777" w:rsidR="005853A3" w:rsidRDefault="005853A3" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
@@ -11122,87 +11124,88 @@
   </w:num>
   <w:num w:numId="46" w16cid:durableId="865027466">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="313418475">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1639411846">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1182204721">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="101999623">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="987705200">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="45"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00406554"/>
     <w:rsid w:val="0000123B"/>
     <w:rsid w:val="00004834"/>
     <w:rsid w:val="0000636C"/>
     <w:rsid w:val="00006920"/>
     <w:rsid w:val="00007755"/>
     <w:rsid w:val="00012BC9"/>
     <w:rsid w:val="00013B9C"/>
     <w:rsid w:val="000161C8"/>
     <w:rsid w:val="00016AE9"/>
+    <w:rsid w:val="00017AF8"/>
     <w:rsid w:val="00020C98"/>
     <w:rsid w:val="00024205"/>
     <w:rsid w:val="00030C9B"/>
     <w:rsid w:val="0003137E"/>
     <w:rsid w:val="000325D1"/>
     <w:rsid w:val="00034227"/>
     <w:rsid w:val="00037230"/>
     <w:rsid w:val="00040FC9"/>
     <w:rsid w:val="00041563"/>
     <w:rsid w:val="00045423"/>
     <w:rsid w:val="000459B5"/>
     <w:rsid w:val="00047BC3"/>
     <w:rsid w:val="000503A6"/>
     <w:rsid w:val="00055BF9"/>
     <w:rsid w:val="000606A9"/>
     <w:rsid w:val="00064A28"/>
     <w:rsid w:val="000656D9"/>
     <w:rsid w:val="000743F4"/>
     <w:rsid w:val="000744C8"/>
     <w:rsid w:val="00076DDF"/>
     <w:rsid w:val="000820EB"/>
     <w:rsid w:val="00082AC4"/>
     <w:rsid w:val="00086C5E"/>
     <w:rsid w:val="00092A3A"/>
     <w:rsid w:val="00093065"/>
@@ -11384,50 +11387,51 @@
     <w:rsid w:val="00383B26"/>
     <w:rsid w:val="003862B5"/>
     <w:rsid w:val="00390821"/>
     <w:rsid w:val="00390F4A"/>
     <w:rsid w:val="00392720"/>
     <w:rsid w:val="00393A66"/>
     <w:rsid w:val="00393DC7"/>
     <w:rsid w:val="003A434C"/>
     <w:rsid w:val="003A6312"/>
     <w:rsid w:val="003B1F47"/>
     <w:rsid w:val="003B68A1"/>
     <w:rsid w:val="003C3503"/>
     <w:rsid w:val="003C3637"/>
     <w:rsid w:val="003C68EA"/>
     <w:rsid w:val="003D0169"/>
     <w:rsid w:val="003D0451"/>
     <w:rsid w:val="003D0B73"/>
     <w:rsid w:val="003D1A16"/>
     <w:rsid w:val="003D2E80"/>
     <w:rsid w:val="003D3BD2"/>
     <w:rsid w:val="003D4159"/>
     <w:rsid w:val="003D4BB2"/>
     <w:rsid w:val="003D587E"/>
     <w:rsid w:val="003D6998"/>
     <w:rsid w:val="003D69F4"/>
+    <w:rsid w:val="003D7A4C"/>
     <w:rsid w:val="003E08FE"/>
     <w:rsid w:val="003E17EE"/>
     <w:rsid w:val="003E3512"/>
     <w:rsid w:val="003E38B3"/>
     <w:rsid w:val="003E4340"/>
     <w:rsid w:val="003E4F92"/>
     <w:rsid w:val="003E5A4D"/>
     <w:rsid w:val="003F0F2A"/>
     <w:rsid w:val="003F4F5B"/>
     <w:rsid w:val="003F5FC8"/>
     <w:rsid w:val="00400ACA"/>
     <w:rsid w:val="004012AA"/>
     <w:rsid w:val="00401A1B"/>
     <w:rsid w:val="00404529"/>
     <w:rsid w:val="00406554"/>
     <w:rsid w:val="004066BE"/>
     <w:rsid w:val="0041112A"/>
     <w:rsid w:val="00414AC5"/>
     <w:rsid w:val="004160E1"/>
     <w:rsid w:val="004167A8"/>
     <w:rsid w:val="0041766A"/>
     <w:rsid w:val="00420C91"/>
     <w:rsid w:val="004235F0"/>
     <w:rsid w:val="004237B4"/>
     <w:rsid w:val="00424809"/>
@@ -11490,63 +11494,65 @@
     <w:rsid w:val="005158C1"/>
     <w:rsid w:val="00515CA0"/>
     <w:rsid w:val="005173A5"/>
     <w:rsid w:val="0051756A"/>
     <w:rsid w:val="00520E0B"/>
     <w:rsid w:val="0052229C"/>
     <w:rsid w:val="00522A46"/>
     <w:rsid w:val="00524E22"/>
     <w:rsid w:val="005337AB"/>
     <w:rsid w:val="00534123"/>
     <w:rsid w:val="005348FF"/>
     <w:rsid w:val="00543698"/>
     <w:rsid w:val="00543B8A"/>
     <w:rsid w:val="00544DDD"/>
     <w:rsid w:val="00545DAA"/>
     <w:rsid w:val="0054770F"/>
     <w:rsid w:val="005556C4"/>
     <w:rsid w:val="00557599"/>
     <w:rsid w:val="00557894"/>
     <w:rsid w:val="00557D45"/>
     <w:rsid w:val="00563EAA"/>
     <w:rsid w:val="0056474E"/>
     <w:rsid w:val="00565A78"/>
     <w:rsid w:val="00577151"/>
     <w:rsid w:val="0057732E"/>
+    <w:rsid w:val="005853A3"/>
     <w:rsid w:val="00591AEE"/>
     <w:rsid w:val="00592763"/>
     <w:rsid w:val="0059299D"/>
     <w:rsid w:val="00593B9D"/>
     <w:rsid w:val="0059628D"/>
     <w:rsid w:val="005A0F96"/>
     <w:rsid w:val="005A105F"/>
     <w:rsid w:val="005A4BBF"/>
     <w:rsid w:val="005A7B7E"/>
     <w:rsid w:val="005B055D"/>
     <w:rsid w:val="005B2017"/>
     <w:rsid w:val="005B206A"/>
     <w:rsid w:val="005B47C6"/>
+    <w:rsid w:val="005B74E0"/>
     <w:rsid w:val="005C2ACA"/>
     <w:rsid w:val="005C414A"/>
     <w:rsid w:val="005D452D"/>
     <w:rsid w:val="005D4ADF"/>
     <w:rsid w:val="005D55DC"/>
     <w:rsid w:val="005F1483"/>
     <w:rsid w:val="005F25E5"/>
     <w:rsid w:val="005F3B97"/>
     <w:rsid w:val="005F7731"/>
     <w:rsid w:val="00603099"/>
     <w:rsid w:val="006051AE"/>
     <w:rsid w:val="00606A32"/>
     <w:rsid w:val="00607199"/>
     <w:rsid w:val="006117B0"/>
     <w:rsid w:val="006130D8"/>
     <w:rsid w:val="00623D97"/>
     <w:rsid w:val="00633C04"/>
     <w:rsid w:val="00641A40"/>
     <w:rsid w:val="00644A1A"/>
     <w:rsid w:val="00645928"/>
     <w:rsid w:val="00654695"/>
     <w:rsid w:val="00656648"/>
     <w:rsid w:val="00662C2A"/>
     <w:rsid w:val="0067018A"/>
     <w:rsid w:val="006708D1"/>
@@ -11604,50 +11610,51 @@
     <w:rsid w:val="0075675D"/>
     <w:rsid w:val="0075714C"/>
     <w:rsid w:val="00757A21"/>
     <w:rsid w:val="007645F0"/>
     <w:rsid w:val="00765937"/>
     <w:rsid w:val="00765A4D"/>
     <w:rsid w:val="00766E6E"/>
     <w:rsid w:val="007705BA"/>
     <w:rsid w:val="0077096A"/>
     <w:rsid w:val="00771883"/>
     <w:rsid w:val="00774370"/>
     <w:rsid w:val="00775651"/>
     <w:rsid w:val="00781910"/>
     <w:rsid w:val="00782725"/>
     <w:rsid w:val="00784403"/>
     <w:rsid w:val="007871E5"/>
     <w:rsid w:val="007937AF"/>
     <w:rsid w:val="0079641E"/>
     <w:rsid w:val="007A04AE"/>
     <w:rsid w:val="007A163E"/>
     <w:rsid w:val="007A531A"/>
     <w:rsid w:val="007B271B"/>
     <w:rsid w:val="007B53B4"/>
     <w:rsid w:val="007C19BE"/>
     <w:rsid w:val="007C4E0C"/>
+    <w:rsid w:val="007C513D"/>
     <w:rsid w:val="007C7D26"/>
     <w:rsid w:val="007D0AB9"/>
     <w:rsid w:val="007D1C51"/>
     <w:rsid w:val="007D25CE"/>
     <w:rsid w:val="007D4E29"/>
     <w:rsid w:val="007D563E"/>
     <w:rsid w:val="007D7C0D"/>
     <w:rsid w:val="007E09A3"/>
     <w:rsid w:val="007E3F3D"/>
     <w:rsid w:val="007E478C"/>
     <w:rsid w:val="007F104F"/>
     <w:rsid w:val="007F4ADA"/>
     <w:rsid w:val="007F5785"/>
     <w:rsid w:val="007F668A"/>
     <w:rsid w:val="00801A0C"/>
     <w:rsid w:val="00802D62"/>
     <w:rsid w:val="00803587"/>
     <w:rsid w:val="00803E37"/>
     <w:rsid w:val="00807C7A"/>
     <w:rsid w:val="0081110A"/>
     <w:rsid w:val="00813EED"/>
     <w:rsid w:val="00815FF0"/>
     <w:rsid w:val="00820CC4"/>
     <w:rsid w:val="0082269D"/>
     <w:rsid w:val="00822A7D"/>
@@ -11661,50 +11668,51 @@
     <w:rsid w:val="00836F1A"/>
     <w:rsid w:val="0083749D"/>
     <w:rsid w:val="00841169"/>
     <w:rsid w:val="008422AE"/>
     <w:rsid w:val="00843621"/>
     <w:rsid w:val="00845EE2"/>
     <w:rsid w:val="00851871"/>
     <w:rsid w:val="00854355"/>
     <w:rsid w:val="008548D7"/>
     <w:rsid w:val="00855887"/>
     <w:rsid w:val="008605CF"/>
     <w:rsid w:val="00867366"/>
     <w:rsid w:val="008677F2"/>
     <w:rsid w:val="00872C39"/>
     <w:rsid w:val="00876518"/>
     <w:rsid w:val="00876D76"/>
     <w:rsid w:val="0087784A"/>
     <w:rsid w:val="00881431"/>
     <w:rsid w:val="008814BD"/>
     <w:rsid w:val="008823D9"/>
     <w:rsid w:val="0088474C"/>
     <w:rsid w:val="0088751C"/>
     <w:rsid w:val="00890599"/>
     <w:rsid w:val="00892702"/>
     <w:rsid w:val="00893E4E"/>
+    <w:rsid w:val="00896DDE"/>
     <w:rsid w:val="008A0A67"/>
     <w:rsid w:val="008A23D9"/>
     <w:rsid w:val="008B2288"/>
     <w:rsid w:val="008B4039"/>
     <w:rsid w:val="008B5F89"/>
     <w:rsid w:val="008C6ECA"/>
     <w:rsid w:val="008D14BF"/>
     <w:rsid w:val="008D397A"/>
     <w:rsid w:val="008D3F0A"/>
     <w:rsid w:val="008E2A39"/>
     <w:rsid w:val="008E3071"/>
     <w:rsid w:val="008E492D"/>
     <w:rsid w:val="008E4FEA"/>
     <w:rsid w:val="008E710F"/>
     <w:rsid w:val="008F0DA9"/>
     <w:rsid w:val="008F1508"/>
     <w:rsid w:val="008F16ED"/>
     <w:rsid w:val="008F58F2"/>
     <w:rsid w:val="00902213"/>
     <w:rsid w:val="00911475"/>
     <w:rsid w:val="0091265A"/>
     <w:rsid w:val="00912975"/>
     <w:rsid w:val="00912C82"/>
     <w:rsid w:val="009148E3"/>
     <w:rsid w:val="009176C5"/>
@@ -11788,50 +11796,51 @@
     <w:rsid w:val="00A820E0"/>
     <w:rsid w:val="00A84EB2"/>
     <w:rsid w:val="00A916BB"/>
     <w:rsid w:val="00A92B04"/>
     <w:rsid w:val="00A934A4"/>
     <w:rsid w:val="00A94FED"/>
     <w:rsid w:val="00AA0010"/>
     <w:rsid w:val="00AA0407"/>
     <w:rsid w:val="00AA05D8"/>
     <w:rsid w:val="00AA5C3A"/>
     <w:rsid w:val="00AB2516"/>
     <w:rsid w:val="00AB52C1"/>
     <w:rsid w:val="00AC2669"/>
     <w:rsid w:val="00AC4AC1"/>
     <w:rsid w:val="00AC4CE2"/>
     <w:rsid w:val="00AC510A"/>
     <w:rsid w:val="00AC6ECA"/>
     <w:rsid w:val="00AD0110"/>
     <w:rsid w:val="00AD5190"/>
     <w:rsid w:val="00AD6B4B"/>
     <w:rsid w:val="00AE2F1A"/>
     <w:rsid w:val="00AE6AFE"/>
     <w:rsid w:val="00AF0AF8"/>
     <w:rsid w:val="00AF1239"/>
     <w:rsid w:val="00AF2282"/>
+    <w:rsid w:val="00AF3612"/>
     <w:rsid w:val="00AF6865"/>
     <w:rsid w:val="00AF7D3F"/>
     <w:rsid w:val="00B043C1"/>
     <w:rsid w:val="00B066FC"/>
     <w:rsid w:val="00B1234D"/>
     <w:rsid w:val="00B16D34"/>
     <w:rsid w:val="00B22AFE"/>
     <w:rsid w:val="00B235C9"/>
     <w:rsid w:val="00B27007"/>
     <w:rsid w:val="00B31BA6"/>
     <w:rsid w:val="00B33E06"/>
     <w:rsid w:val="00B35783"/>
     <w:rsid w:val="00B366F9"/>
     <w:rsid w:val="00B3676F"/>
     <w:rsid w:val="00B37015"/>
     <w:rsid w:val="00B4040C"/>
     <w:rsid w:val="00B412FE"/>
     <w:rsid w:val="00B44272"/>
     <w:rsid w:val="00B443BC"/>
     <w:rsid w:val="00B44B26"/>
     <w:rsid w:val="00B50EAD"/>
     <w:rsid w:val="00B571CA"/>
     <w:rsid w:val="00B571F4"/>
     <w:rsid w:val="00B63E46"/>
     <w:rsid w:val="00B6597E"/>
@@ -11918,78 +11927,80 @@
     <w:rsid w:val="00CC0C35"/>
     <w:rsid w:val="00CC289B"/>
     <w:rsid w:val="00CC5D73"/>
     <w:rsid w:val="00CC74A5"/>
     <w:rsid w:val="00CC7F2C"/>
     <w:rsid w:val="00CD0FB0"/>
     <w:rsid w:val="00CD1260"/>
     <w:rsid w:val="00CD27B6"/>
     <w:rsid w:val="00CD32AD"/>
     <w:rsid w:val="00CD6588"/>
     <w:rsid w:val="00CD7E27"/>
     <w:rsid w:val="00CE0E71"/>
     <w:rsid w:val="00CE7BB0"/>
     <w:rsid w:val="00CF01A2"/>
     <w:rsid w:val="00CF241D"/>
     <w:rsid w:val="00CF5259"/>
     <w:rsid w:val="00D02DE0"/>
     <w:rsid w:val="00D02F0A"/>
     <w:rsid w:val="00D041D6"/>
     <w:rsid w:val="00D04C17"/>
     <w:rsid w:val="00D05758"/>
     <w:rsid w:val="00D127DD"/>
     <w:rsid w:val="00D12A82"/>
     <w:rsid w:val="00D13BF6"/>
     <w:rsid w:val="00D209FD"/>
+    <w:rsid w:val="00D21B00"/>
     <w:rsid w:val="00D248DA"/>
     <w:rsid w:val="00D30A64"/>
     <w:rsid w:val="00D412C0"/>
     <w:rsid w:val="00D45079"/>
     <w:rsid w:val="00D45B17"/>
     <w:rsid w:val="00D45F5A"/>
     <w:rsid w:val="00D51B4C"/>
     <w:rsid w:val="00D579CF"/>
     <w:rsid w:val="00D602E9"/>
     <w:rsid w:val="00D60505"/>
     <w:rsid w:val="00D6298B"/>
     <w:rsid w:val="00D6584A"/>
     <w:rsid w:val="00D7189E"/>
     <w:rsid w:val="00D72270"/>
     <w:rsid w:val="00D7462E"/>
     <w:rsid w:val="00D74F54"/>
     <w:rsid w:val="00D80BD7"/>
     <w:rsid w:val="00D90478"/>
     <w:rsid w:val="00D91F79"/>
     <w:rsid w:val="00D925D9"/>
     <w:rsid w:val="00DA080B"/>
     <w:rsid w:val="00DA1896"/>
     <w:rsid w:val="00DA215A"/>
     <w:rsid w:val="00DA3C4D"/>
     <w:rsid w:val="00DA541C"/>
     <w:rsid w:val="00DB1AE3"/>
     <w:rsid w:val="00DB525D"/>
     <w:rsid w:val="00DB5F84"/>
+    <w:rsid w:val="00DB6AEF"/>
     <w:rsid w:val="00DB6B6F"/>
     <w:rsid w:val="00DB703A"/>
     <w:rsid w:val="00DC21A6"/>
     <w:rsid w:val="00DC4C96"/>
     <w:rsid w:val="00DC5329"/>
     <w:rsid w:val="00DC5E70"/>
     <w:rsid w:val="00DC6749"/>
     <w:rsid w:val="00DD11BB"/>
     <w:rsid w:val="00DD38D5"/>
     <w:rsid w:val="00DE6AD3"/>
     <w:rsid w:val="00DF22F2"/>
     <w:rsid w:val="00DF2409"/>
     <w:rsid w:val="00DF3A79"/>
     <w:rsid w:val="00DF5265"/>
     <w:rsid w:val="00E03DED"/>
     <w:rsid w:val="00E05CA9"/>
     <w:rsid w:val="00E140DB"/>
     <w:rsid w:val="00E15D96"/>
     <w:rsid w:val="00E1782F"/>
     <w:rsid w:val="00E2600E"/>
     <w:rsid w:val="00E32293"/>
     <w:rsid w:val="00E4390C"/>
     <w:rsid w:val="00E44222"/>
     <w:rsid w:val="00E4483D"/>
     <w:rsid w:val="00E53FC3"/>
@@ -14018,67 +14029,67 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B03C4272-FE93-4116-B1C3-0891579F8337}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
   <Words>1319</Words>
-  <Characters>7522</Characters>
+  <Characters>7521</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>62</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8824</CharactersWithSpaces>
+  <CharactersWithSpaces>8823</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>