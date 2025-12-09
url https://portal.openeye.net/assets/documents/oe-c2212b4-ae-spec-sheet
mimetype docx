--- v0 (2025-10-16)
+++ v1 (2025-12-09)
@@ -173,166 +173,176 @@
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="44E9DAEC" w14:textId="54967008" w:rsidR="006B5CF3" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc334350689"/>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">DIVISION 28 – </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>ELECTRONIC SAFETY AND SECURITY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8067A0" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
-[...114 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="113D2E99" w14:textId="77777777" w:rsidR="00FC2C07" w:rsidRDefault="00FC2C07" w:rsidP="00FC2C07">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 00 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="733164D7" w14:textId="77777777" w:rsidR="00FC2C07" w:rsidRDefault="00FC2C07" w:rsidP="00FC2C07">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 20 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Video Surveillance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F69453" w14:textId="77777777" w:rsidR="00FC2C07" w:rsidRDefault="00FC2C07" w:rsidP="00FC2C07">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 21 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Surveillance Cameras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3C0D5C" w14:textId="6050C2DB" w:rsidR="006B5CF3" w:rsidRDefault="00FC2C07" w:rsidP="00FC2C07">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 23 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Video Management System</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="372DA3D9" w14:textId="77777777" w:rsidR="00FC2C07" w:rsidRPr="00FC2C07" w:rsidRDefault="00FC2C07" w:rsidP="00FC2C07">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3CD92B55" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>PART 1 GENERAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72603C75" w14:textId="77777777" w:rsidR="00D041D6" w:rsidRPr="009C322E" w:rsidRDefault="00D041D6" w:rsidP="00D041D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:vanish/>
@@ -470,505 +480,391 @@
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Online Web Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7589B156" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ABFD5D7" w14:textId="68AC0C72" w:rsidR="00F21E4C" w:rsidRPr="009C322E" w:rsidRDefault="00557599" w:rsidP="00614373">
+    <w:p w14:paraId="1ABFD5D7" w14:textId="0CF6FC23" w:rsidR="00F21E4C" w:rsidRPr="009C322E" w:rsidRDefault="00FC2C07" w:rsidP="00614373">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C322E">
-[...12 lines deleted...]
-    <w:p w14:paraId="32F62DA1" w14:textId="293A68B8" w:rsidR="00F21E4C" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00942413">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>28 05 00 Common Work Results for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32F62DA1" w14:textId="0909AE13" w:rsidR="00F21E4C" w:rsidRPr="009C322E" w:rsidRDefault="00FC2C07" w:rsidP="00942413">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C322E">
-[...6 lines deleted...]
-    <w:p w14:paraId="45BA0224" w14:textId="52FBE217" w:rsidR="00F21E4C" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00107A1E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>28 05 25 Cloud Based Storage for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02D98818" w14:textId="77777777" w:rsidR="00FC2C07" w:rsidRPr="00FC2C07" w:rsidRDefault="00FC2C07" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C322E">
-[...6 lines deleted...]
-    <w:p w14:paraId="0BF104E9" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>28 21 13.11 IP Cameras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF104E9" w14:textId="1BD6952A" w:rsidR="006B5CF3" w:rsidRDefault="00FC2C07" w:rsidP="00FC2C07">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="11BCD0A3" w14:textId="070EDFF6" w:rsidR="009E2C88" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>28 21 13.13 Analytic Packages for IP Cameras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290B98E2" w14:textId="77777777" w:rsidR="00FC2C07" w:rsidRPr="00FC2C07" w:rsidRDefault="00FC2C07" w:rsidP="00FC2C07">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1155"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="139CAE98" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>SUBMITTALS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A95FE9" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="009C322E" w:rsidRDefault="009E2C88" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Manufacturer’s</w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CF3" w:rsidRPr="009C322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data sheets in digital or printed form</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="009C322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CCF0401" w14:textId="27CE790A" w:rsidR="00C53D0E" w:rsidRPr="009C322E" w:rsidRDefault="004966EA" w:rsidP="009C322E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="792"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manufacturer’s </w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CF3" w:rsidRPr="009C322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>installation and operations manuals in digital or printed form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AAC657C" w14:textId="1ADC344C" w:rsidR="006B5CF3" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>QUALIFICATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B7C632" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Manufacturer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCA8E8F" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Manufacturer shall have been in business for more than 10 years</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="009C322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55BBC89B" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Installer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB09ECA" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>All installation, configuration, setup and related work shall be performed by an authorized technician certified by the manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="009C322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B5567CE" w14:textId="6778179F" w:rsidR="009808F5" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="1512"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>28 23 29 Video Surveillance Remote Devices and Sensors</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="139CAE98" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+        <w:lastRenderedPageBreak/>
+        <w:t>All installation shall be performed by a technician licensed to install and service video surveillance and security equipment as mandated by the authority having jurisdiction</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="009C322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="064D96E6" w14:textId="03E3027D" w:rsidR="000E68A7" w:rsidRPr="009C322E" w:rsidRDefault="000E68A7" w:rsidP="009808F5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>SUBMITTALS</w:t>
-[...219 lines deleted...]
-    <w:p w14:paraId="231E33D7" w14:textId="4C1DADC0" w:rsidR="000E68A7" w:rsidRPr="009C322E" w:rsidRDefault="000E68A7" w:rsidP="00C53D0E">
+        <w:t>WARRANTY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="775FE99F" w14:textId="77777777" w:rsidR="00FC2C07" w:rsidRPr="00FC2C07" w:rsidRDefault="00FC2C07" w:rsidP="00FC2C07">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...85 lines deleted...]
-        </w:numPr>
         <w:spacing w:after="240"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="6DE5EEFB" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>The manufacturer shall warrant camera for a period of 5 years for the repair or replacement of defective equipment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DE5EEFB" w14:textId="31327283" w:rsidR="006B5CF3" w:rsidRPr="00FC2C07" w:rsidRDefault="006B5CF3" w:rsidP="00FC2C07">
       <w:pPr>
         <w:spacing w:after="240"/>
+        <w:ind w:left="435"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C322E">
+      <w:r w:rsidRPr="00FC2C07">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>- END OF SECTION -</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18AC3583" w14:textId="77777777" w:rsidR="00007755" w:rsidRPr="009C322E" w:rsidRDefault="006B5CF3" w:rsidP="00994A5F">
       <w:pPr>
         <w:pStyle w:val="Part"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
@@ -1556,51 +1452,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="570C4F36" w14:textId="28B8152B" w:rsidR="00406554" w:rsidRPr="009C322E" w:rsidRDefault="00406554" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00801A0C" w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Network</w:t>
       </w:r>
       <w:r w:rsidR="00F82F6F" w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
@@ -2079,50 +1974,51 @@
         <w:t>Product Label Requirements:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AB9E45C" w14:textId="77777777" w:rsidR="00254FA3" w:rsidRPr="009C322E" w:rsidRDefault="00254FA3" w:rsidP="00147DC6">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00C95AB1" w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Network Video Camera</w:t>
       </w:r>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall have </w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
@@ -3069,51 +2965,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E8763E1" w14:textId="683E3A85" w:rsidR="00701C08" w:rsidRPr="009C322E" w:rsidRDefault="00701C08" w:rsidP="007F4ADA">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Include a mechanical IR cut filter that is removed during low light conditions to improve low light imaging. This shall be referred to as a True Day/Night function.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C12B732" w14:textId="77777777" w:rsidR="00406554" w:rsidRPr="009C322E" w:rsidRDefault="00EA24D8" w:rsidP="007F4ADA">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3323,50 +3218,51 @@
         <w:t>capabilities shall:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="374658B8" w14:textId="77777777" w:rsidR="00214538" w:rsidRPr="009C322E" w:rsidRDefault="00214538" w:rsidP="00096EC4">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Be capable of encoding video for network transmission across a LAN or WAN.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20C6564C" w14:textId="74B96C89" w:rsidR="00183944" w:rsidRPr="009C322E" w:rsidRDefault="00227EAF" w:rsidP="00096EC4">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -4131,51 +4027,50 @@
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Include the ability to enable Smart Encoding to allow the user to dynamically reduce their throughput.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BFA5C61" w14:textId="77777777" w:rsidR="00430B32" w:rsidRPr="009C322E" w:rsidRDefault="00430B32" w:rsidP="00430B32">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk99698351"/>
       <w:bookmarkStart w:id="6" w:name="_Hlk99701240"/>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Include the following Image Rotation options:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EB6E03C" w14:textId="77777777" w:rsidR="00430B32" w:rsidRPr="009C322E" w:rsidRDefault="00430B32" w:rsidP="00430B32">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Normal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58C54652" w14:textId="77777777" w:rsidR="00430B32" w:rsidRPr="009C322E" w:rsidRDefault="00430B32" w:rsidP="00430B32">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
@@ -4323,50 +4218,51 @@
         <w:t>The Motion Detection function must allow for 4 separate motion detection areas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C96FB5" w14:textId="77777777" w:rsidR="00430B32" w:rsidRPr="009C322E" w:rsidRDefault="00430B32" w:rsidP="00430B32">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The Motion Detection function must allow for configurable sensitivity and object detection size.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64CF5150" w14:textId="77777777" w:rsidR="00430B32" w:rsidRPr="009C322E" w:rsidRDefault="00430B32" w:rsidP="00430B32">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5014,51 +4910,50 @@
       <w:r w:rsidR="004966EA" w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3815B495" w14:textId="7D26C104" w:rsidR="00C31AF8" w:rsidRPr="009C322E" w:rsidRDefault="00F87319" w:rsidP="00BE4A29">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Installer shall comply with all applicable state and local regulatory requirements</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B8CDDA6" w14:textId="292DBA31" w:rsidR="00C31AF8" w:rsidRPr="009C322E" w:rsidRDefault="00F87319" w:rsidP="0081110A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="662"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
@@ -5129,50 +5024,51 @@
         </w:rPr>
         <w:t>The manufacturer shall offer the option for factory pre-configuration of all hardware and software purchased from the manufacturer as an additional paid service</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72133006" w14:textId="77777777" w:rsidR="00F87319" w:rsidRPr="009C322E" w:rsidRDefault="00F87319" w:rsidP="00F87319">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The manufacturer shall offer the option for remote or in person system commissionin</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>g as an additional paid service.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B17396B" w14:textId="7EA8DF20" w:rsidR="00C833E2" w:rsidRPr="009C322E" w:rsidRDefault="00F87319" w:rsidP="00BE4A29">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">- END OF SECTION - </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15027D7D" w14:textId="77777777" w:rsidR="00747553" w:rsidRPr="009C322E" w:rsidRDefault="00747553" w:rsidP="005C2ACA">
       <w:pPr>
@@ -5196,234 +5092,248 @@
       <w:r w:rsidRPr="009C322E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="009C322E" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D78D019" w14:textId="77777777" w:rsidR="00BC5884" w:rsidRDefault="00BC5884" w:rsidP="006C76B9">
+    <w:p w14:paraId="32CB30B8" w14:textId="77777777" w:rsidR="00D07F80" w:rsidRDefault="00D07F80" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7AEB0625" w14:textId="77777777" w:rsidR="00BC5884" w:rsidRDefault="00BC5884" w:rsidP="006C76B9">
+    <w:p w14:paraId="2C08008F" w14:textId="77777777" w:rsidR="00D07F80" w:rsidRDefault="00D07F80" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Swis721 BT">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000011" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica 45 Light">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0403020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat Medium">
     <w:panose1 w:val="00000600000000000000"/>
-    <w:charset w:val="4D"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Montserrat SemiBold">
+    <w:panose1 w:val="00000700000000000000"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0D27EC36" w14:textId="4041C028" w:rsidR="00591AEE" w:rsidRPr="00272CE6" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
+  <w:p w14:paraId="0D27EC36" w14:textId="15E2986E" w:rsidR="00591AEE" w:rsidRPr="00272CE6" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00272CE6">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00A47A87" w:rsidRPr="00272CE6">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>8235</w:t>
     </w:r>
     <w:r w:rsidR="00565A78" w:rsidRPr="00272CE6">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>AA</w:t>
+      <w:t>A</w:t>
+    </w:r>
+    <w:r w:rsidR="00FC2C07">
+      <w:rPr>
+        <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1DBA1D64" w14:textId="354EE150" w:rsidR="00591AEE" w:rsidRPr="009C322E" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
+  <w:p w14:paraId="1DBA1D64" w14:textId="46D89867" w:rsidR="00591AEE" w:rsidRPr="009C322E" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009C322E">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="003E3203" w:rsidRPr="009C322E">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>8235</w:t>
     </w:r>
     <w:r w:rsidR="00503A27" w:rsidRPr="009C322E">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00B16D34" w:rsidRPr="009C322E">
+    <w:r w:rsidR="00FC2C07">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>A</w:t>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12C40049" w14:textId="77777777" w:rsidR="00BC5884" w:rsidRDefault="00BC5884" w:rsidP="006C76B9">
+    <w:p w14:paraId="360D1360" w14:textId="77777777" w:rsidR="00D07F80" w:rsidRDefault="00D07F80" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6557F9E0" w14:textId="77777777" w:rsidR="00BC5884" w:rsidRDefault="00BC5884" w:rsidP="006C76B9">
+    <w:p w14:paraId="43D56E6D" w14:textId="77777777" w:rsidR="00D07F80" w:rsidRDefault="00D07F80" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
       </w:rPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
@@ -7820,51 +7730,51 @@
   </w:num>
   <w:num w:numId="33" w16cid:durableId="445513766">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1911379226">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1918519410">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1772816476">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="959192198">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="669988405">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="200"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -8347,50 +8257,51 @@
     <w:rsid w:val="00A02A78"/>
     <w:rsid w:val="00A038C8"/>
     <w:rsid w:val="00A03FB2"/>
     <w:rsid w:val="00A05F3F"/>
     <w:rsid w:val="00A170E0"/>
     <w:rsid w:val="00A24ABF"/>
     <w:rsid w:val="00A24BE4"/>
     <w:rsid w:val="00A33067"/>
     <w:rsid w:val="00A345EB"/>
     <w:rsid w:val="00A40CE9"/>
     <w:rsid w:val="00A41465"/>
     <w:rsid w:val="00A43164"/>
     <w:rsid w:val="00A43D68"/>
     <w:rsid w:val="00A47A87"/>
     <w:rsid w:val="00A540FF"/>
     <w:rsid w:val="00A6458B"/>
     <w:rsid w:val="00A66A37"/>
     <w:rsid w:val="00A66C0D"/>
     <w:rsid w:val="00A67A21"/>
     <w:rsid w:val="00A728FD"/>
     <w:rsid w:val="00A7440E"/>
     <w:rsid w:val="00A753E0"/>
     <w:rsid w:val="00A75E91"/>
     <w:rsid w:val="00A84EB2"/>
     <w:rsid w:val="00A86FEB"/>
+    <w:rsid w:val="00A909FA"/>
     <w:rsid w:val="00A916BB"/>
     <w:rsid w:val="00A92B04"/>
     <w:rsid w:val="00A934A4"/>
     <w:rsid w:val="00AA0010"/>
     <w:rsid w:val="00AA0407"/>
     <w:rsid w:val="00AA05D8"/>
     <w:rsid w:val="00AA0C3F"/>
     <w:rsid w:val="00AA5C3A"/>
     <w:rsid w:val="00AB2516"/>
     <w:rsid w:val="00AC4AC1"/>
     <w:rsid w:val="00AC510A"/>
     <w:rsid w:val="00AD0110"/>
     <w:rsid w:val="00AD6B4B"/>
     <w:rsid w:val="00AE6AFE"/>
     <w:rsid w:val="00AF0AF8"/>
     <w:rsid w:val="00AF1239"/>
     <w:rsid w:val="00AF2282"/>
     <w:rsid w:val="00AF6865"/>
     <w:rsid w:val="00AF7D3F"/>
     <w:rsid w:val="00B043C1"/>
     <w:rsid w:val="00B066FC"/>
     <w:rsid w:val="00B1234D"/>
     <w:rsid w:val="00B16D34"/>
     <w:rsid w:val="00B22AFE"/>
     <w:rsid w:val="00B235C9"/>
@@ -8453,50 +8364,51 @@
     <w:rsid w:val="00C55C6A"/>
     <w:rsid w:val="00C607F0"/>
     <w:rsid w:val="00C631A0"/>
     <w:rsid w:val="00C81CE9"/>
     <w:rsid w:val="00C833E2"/>
     <w:rsid w:val="00C92C38"/>
     <w:rsid w:val="00C95AB1"/>
     <w:rsid w:val="00C964F2"/>
     <w:rsid w:val="00CA0F61"/>
     <w:rsid w:val="00CB0BA5"/>
     <w:rsid w:val="00CB2F4B"/>
     <w:rsid w:val="00CC289B"/>
     <w:rsid w:val="00CC5D73"/>
     <w:rsid w:val="00CC74A5"/>
     <w:rsid w:val="00CC7F2C"/>
     <w:rsid w:val="00CD1260"/>
     <w:rsid w:val="00CD32AD"/>
     <w:rsid w:val="00CD6588"/>
     <w:rsid w:val="00CE0E71"/>
     <w:rsid w:val="00CF241D"/>
     <w:rsid w:val="00CF5259"/>
     <w:rsid w:val="00D02DE0"/>
     <w:rsid w:val="00D041D6"/>
     <w:rsid w:val="00D04C17"/>
     <w:rsid w:val="00D05758"/>
+    <w:rsid w:val="00D07F80"/>
     <w:rsid w:val="00D127DD"/>
     <w:rsid w:val="00D12A82"/>
     <w:rsid w:val="00D13BF6"/>
     <w:rsid w:val="00D209FD"/>
     <w:rsid w:val="00D248DA"/>
     <w:rsid w:val="00D412C0"/>
     <w:rsid w:val="00D45079"/>
     <w:rsid w:val="00D45F5A"/>
     <w:rsid w:val="00D51B4C"/>
     <w:rsid w:val="00D579CF"/>
     <w:rsid w:val="00D602E9"/>
     <w:rsid w:val="00D60505"/>
     <w:rsid w:val="00D6298B"/>
     <w:rsid w:val="00D6504C"/>
     <w:rsid w:val="00D6584A"/>
     <w:rsid w:val="00D7189E"/>
     <w:rsid w:val="00D72270"/>
     <w:rsid w:val="00D7462E"/>
     <w:rsid w:val="00D74F54"/>
     <w:rsid w:val="00D91F79"/>
     <w:rsid w:val="00D925D9"/>
     <w:rsid w:val="00DA0587"/>
     <w:rsid w:val="00DA1896"/>
     <w:rsid w:val="00DA215A"/>
     <w:rsid w:val="00DA3C4D"/>
@@ -8574,50 +8486,51 @@
     <w:rsid w:val="00F44BD0"/>
     <w:rsid w:val="00F45639"/>
     <w:rsid w:val="00F522A1"/>
     <w:rsid w:val="00F52BF3"/>
     <w:rsid w:val="00F56BDD"/>
     <w:rsid w:val="00F56DC9"/>
     <w:rsid w:val="00F60868"/>
     <w:rsid w:val="00F61E9F"/>
     <w:rsid w:val="00F6301C"/>
     <w:rsid w:val="00F65061"/>
     <w:rsid w:val="00F71670"/>
     <w:rsid w:val="00F74101"/>
     <w:rsid w:val="00F82F6F"/>
     <w:rsid w:val="00F83E8C"/>
     <w:rsid w:val="00F86019"/>
     <w:rsid w:val="00F87319"/>
     <w:rsid w:val="00F90C52"/>
     <w:rsid w:val="00FA177F"/>
     <w:rsid w:val="00FA5977"/>
     <w:rsid w:val="00FA5F67"/>
     <w:rsid w:val="00FA66FD"/>
     <w:rsid w:val="00FB036A"/>
     <w:rsid w:val="00FB0EEE"/>
     <w:rsid w:val="00FB68F3"/>
     <w:rsid w:val="00FB6A1C"/>
+    <w:rsid w:val="00FC2C07"/>
     <w:rsid w:val="00FD2EE1"/>
     <w:rsid w:val="00FD5442"/>
     <w:rsid w:val="00FD6BB2"/>
     <w:rsid w:val="00FE2E19"/>
     <w:rsid w:val="00FE33AB"/>
     <w:rsid w:val="00FE41C3"/>
     <w:rsid w:val="00FE5865"/>
     <w:rsid w:val="00FE690E"/>
     <w:rsid w:val="00FE7BC6"/>
     <w:rsid w:val="00FF006B"/>
     <w:rsid w:val="00FF03EB"/>
     <w:rsid w:val="00FF1802"/>
     <w:rsid w:val="00FF6780"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -9435,50 +9348,65 @@
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009713B5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A3">
     <w:name w:val="A3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE6AFE"/>
     <w:rPr>
       <w:rFonts w:cs="Helvetica 45 Light"/>
       <w:color w:val="000000"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FC2C07"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="39398612">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1953508812">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -9890,68 +9818,68 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD05497A-C49A-48BB-8511-B5894ABE10C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1295</Words>
-  <Characters>7384</Characters>
+  <Words>1180</Words>
+  <Characters>6731</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>56</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8662</CharactersWithSpaces>
+  <CharactersWithSpaces>7896</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>