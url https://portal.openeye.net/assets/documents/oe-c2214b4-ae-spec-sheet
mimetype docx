--- v0 (2025-10-16)
+++ v1 (2025-12-09)
@@ -151,188 +151,205 @@
         <w:t>Bullet</w:t>
       </w:r>
       <w:r w:rsidR="0018548D" w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Camera</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00406554" w:rsidRPr="00827117">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
             <w:color w:val="4F81BD" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>www.openeye.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44E9DAEC" w14:textId="54967008" w:rsidR="006B5CF3" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+    <w:p w14:paraId="5A037D0A" w14:textId="77777777" w:rsidR="002B7A45" w:rsidRDefault="002B7A45" w:rsidP="002B7A45">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DIVISION 28 - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ELECTRONIC SAFETY AND SECURITY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8067A0" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
-[...114 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="52E0BCDA" w14:textId="77777777" w:rsidR="002B7A45" w:rsidRDefault="002B7A45" w:rsidP="002B7A45">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 00 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12B9D755" w14:textId="77777777" w:rsidR="002B7A45" w:rsidRDefault="002B7A45" w:rsidP="002B7A45">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 20 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Video Surveillance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E868D13" w14:textId="77777777" w:rsidR="002B7A45" w:rsidRDefault="002B7A45" w:rsidP="002B7A45">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 21 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Surveillance Cameras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3C0D5C" w14:textId="6D66A1D4" w:rsidR="006B5CF3" w:rsidRDefault="002B7A45" w:rsidP="002B7A45">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 23 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Video Management System</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257F1245" w14:textId="77777777" w:rsidR="002B7A45" w:rsidRPr="002B7A45" w:rsidRDefault="002B7A45" w:rsidP="002B7A45">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3CD92B55" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>PART 1 GENERAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72603C75" w14:textId="77777777" w:rsidR="00D041D6" w:rsidRPr="00827117" w:rsidRDefault="00D041D6" w:rsidP="00D041D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:vanish/>
@@ -470,491 +487,492 @@
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Online Web Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7589B156" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ABFD5D7" w14:textId="68AC0C72" w:rsidR="00F21E4C" w:rsidRPr="00827117" w:rsidRDefault="00557599" w:rsidP="00614373">
+    <w:p w14:paraId="32F62DA1" w14:textId="3BFDF8D2" w:rsidR="00F21E4C" w:rsidRPr="00827117" w:rsidRDefault="002B7A45" w:rsidP="00942413">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00827117">
-[...12 lines deleted...]
-    <w:p w14:paraId="32F62DA1" w14:textId="293A68B8" w:rsidR="00F21E4C" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00942413">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>28 05 00 Common Work Results for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF104E9" w14:textId="47E08B4A" w:rsidR="006B5CF3" w:rsidRPr="00827117" w:rsidRDefault="002B7A45" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00827117">
-[...6 lines deleted...]
-    <w:p w14:paraId="45BA0224" w14:textId="52FBE217" w:rsidR="00F21E4C" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00107A1E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>28 05 25 Cloud Based Storage for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11BCD0A3" w14:textId="7E801B58" w:rsidR="009E2C88" w:rsidRPr="002B7A45" w:rsidRDefault="002B7A45" w:rsidP="002B7A45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="0BF104E9" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1512"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>28 21 13.11 IP Cameras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04DF8289" w14:textId="052D8C83" w:rsidR="002B7A45" w:rsidRPr="002B7A45" w:rsidRDefault="002B7A45" w:rsidP="002B7A45">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="11BCD0A3" w14:textId="070EDFF6" w:rsidR="009E2C88" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1512"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>28 21 13.13 Analytic Packages for IP Cameras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B9FB47" w14:textId="77777777" w:rsidR="002B7A45" w:rsidRPr="002B7A45" w:rsidRDefault="002B7A45" w:rsidP="002B7A45">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1152"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="139CAE98" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>SUBMITTALS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A95FE9" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00827117" w:rsidRDefault="009E2C88" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Manufacturer’s</w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CF3" w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data sheets in digital or printed form</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CCF0401" w14:textId="6986F6D6" w:rsidR="00C53D0E" w:rsidRPr="00827117" w:rsidRDefault="004966EA" w:rsidP="00827117">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="792"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manufacturer’s </w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CF3" w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>installation and operations manuals in digital or printed form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AAC657C" w14:textId="1ADC344C" w:rsidR="006B5CF3" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00827117">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="662"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>QUALIFICATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B7C632" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Manufacturer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BCA8E8F" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Manufacturer shall have been in business for more than 10 years</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55BBC89B" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Installer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB09ECA" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>All installation, configuration, setup and related work shall be performed by an authorized technician certified by the manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B5567CE" w14:textId="6778179F" w:rsidR="009808F5" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="1512"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>28 23 29 Video Surveillance Remote Devices and Sensors</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="139CAE98" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+        <w:lastRenderedPageBreak/>
+        <w:t>All installation shall be performed by a technician licensed to install and service video surveillance and security equipment as mandated by the authority having jurisdiction</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="064D96E6" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00827117" w:rsidRDefault="000E68A7" w:rsidP="009808F5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>SUBMITTALS</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> data sheets in digital or printed form</w:t>
+        <w:t xml:space="preserve">WARRANTY &amp; </w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...187 lines deleted...]
-        </w:rPr>
         <w:t>SUPPORT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="231E33D7" w14:textId="52F46D42" w:rsidR="000E68A7" w:rsidRPr="00827117" w:rsidRDefault="000E68A7" w:rsidP="00C53D0E">
+    <w:p w14:paraId="231E33D7" w14:textId="49D86099" w:rsidR="000E68A7" w:rsidRPr="00827117" w:rsidRDefault="000E68A7" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">The Network Video Camera shall come with a minimum </w:t>
       </w:r>
+      <w:r w:rsidR="002B7A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidR="009808F5" w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>3-year</w:t>
+        <w:t>-year</w:t>
       </w:r>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> manufacturer’s warranty with the 1st year including advance replacement service.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58B7883C" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00827117" w:rsidRDefault="000E68A7" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Network Video Camera shall come with a heroic customer service support structure, including a 1-888 number for technical service, pre and post sales assistance, and full access to online technical support as well as online sales support.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F24A6E" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00827117" w:rsidRDefault="000E68A7" w:rsidP="00C53D0E">
+    <w:p w14:paraId="130B46C9" w14:textId="77777777" w:rsidR="002B7A45" w:rsidRPr="002B7A45" w:rsidRDefault="002B7A45" w:rsidP="002B7A45">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="511E0F43" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00827117" w:rsidRDefault="004966EA" w:rsidP="00C53D0E">
+        <w:ind w:left="792"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B7A45">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Technical support shall be available weekdays from 5 a.m. to 5 p.m. PST.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511E0F43" w14:textId="315488A7" w:rsidR="004966EA" w:rsidRDefault="004966EA" w:rsidP="002B7A45">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:spacing w:after="240"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="792"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Firmware updates and patches shall be available free of charge. </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="32EE03C9" w14:textId="77777777" w:rsidR="002B7A45" w:rsidRPr="002B7A45" w:rsidRDefault="002B7A45" w:rsidP="002B7A45">
+      <w:pPr>
+        <w:pStyle w:val="LineBlank"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6DE5EEFB" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00C53D0E">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>- END OF SECTION -</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18AC3583" w14:textId="77777777" w:rsidR="00007755" w:rsidRPr="00827117" w:rsidRDefault="006B5CF3" w:rsidP="00994A5F">
       <w:pPr>
         <w:pStyle w:val="Part"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
@@ -1570,51 +1588,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="570C4F36" w14:textId="28B8152B" w:rsidR="00406554" w:rsidRPr="00827117" w:rsidRDefault="00406554" w:rsidP="00827117">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00801A0C" w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Network</w:t>
       </w:r>
       <w:r w:rsidR="00F82F6F" w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
@@ -1891,50 +1908,51 @@
         <w:t xml:space="preserve"> non-condensing. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13072F32" w14:textId="77777777" w:rsidR="00C53D0E" w:rsidRPr="00827117" w:rsidRDefault="00406554" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Power Requirements: Components shall have the following electrical specifications: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0686A9C4" w14:textId="3656A0CC" w:rsidR="00406554" w:rsidRPr="00827117" w:rsidRDefault="00406554" w:rsidP="00C53D0E">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2570,61 +2588,61 @@
       <w:r w:rsidR="00406554" w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E4E817" w14:textId="35A88057" w:rsidR="005A4DC1" w:rsidRPr="00827117" w:rsidRDefault="005A4DC1" w:rsidP="007F4ADA">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk65905554"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk65905554"/>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Include a built-in memory card slot, available for microSD/SDHC/SDXC memory card, capacity up to 512GB.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="1EDABF72" w14:textId="39C411A0" w:rsidR="00867366" w:rsidRPr="00827117" w:rsidRDefault="00E05CA9" w:rsidP="007F4ADA">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Include a </w:t>
       </w:r>
@@ -3059,51 +3077,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E8763E1" w14:textId="683E3A85" w:rsidR="00701C08" w:rsidRPr="00827117" w:rsidRDefault="00701C08" w:rsidP="007F4ADA">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Include a mechanical IR cut filter that is removed during low light conditions to improve low light imaging. This shall be referred to as a True Day/Night function.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C12B732" w14:textId="77777777" w:rsidR="00406554" w:rsidRPr="00827117" w:rsidRDefault="00EA24D8" w:rsidP="007F4ADA">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3119,50 +3136,51 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="304CC57D" w14:textId="2233925D" w:rsidR="00AA0407" w:rsidRPr="00827117" w:rsidRDefault="009B3927" w:rsidP="007F4ADA">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Include </w:t>
       </w:r>
       <w:r w:rsidR="00A47A87" w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00E833D9" w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> built-in microphone</w:t>
       </w:r>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
@@ -3173,70 +3191,70 @@
     </w:p>
     <w:p w14:paraId="01AEB141" w14:textId="64CA4FAE" w:rsidR="00E7519B" w:rsidRPr="00827117" w:rsidRDefault="00E7519B" w:rsidP="00E7519B">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Have a reset </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk65905823"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk65905823"/>
       <w:r w:rsidR="00907358">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">button </w:t>
       </w:r>
       <w:r w:rsidR="005A4DC1" w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>on the camera to restore the device to default parameters.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="35B68CDA" w14:textId="77777777" w:rsidR="005B206A" w:rsidRPr="00827117" w:rsidRDefault="00227EAF" w:rsidP="00096EC4">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">TRANSMISSION </w:t>
       </w:r>
@@ -4124,57 +4142,56 @@
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Include the ability to enable Smart Encoding to allow the user to dynamically reduce their throughput.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BFA5C61" w14:textId="77777777" w:rsidR="00430B32" w:rsidRPr="00827117" w:rsidRDefault="00430B32" w:rsidP="00430B32">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk99698351"/>
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk99698351"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk99701240"/>
+      <w:r w:rsidRPr="00827117">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
         <w:t>Include the following Image Rotation options:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EB6E03C" w14:textId="77777777" w:rsidR="00430B32" w:rsidRPr="00827117" w:rsidRDefault="00430B32" w:rsidP="00430B32">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Normal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58C54652" w14:textId="77777777" w:rsidR="00430B32" w:rsidRPr="00827117" w:rsidRDefault="00430B32" w:rsidP="00430B32">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
@@ -4226,74 +4243,75 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>180°</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B451187" w14:textId="77777777" w:rsidR="00430B32" w:rsidRPr="00827117" w:rsidRDefault="00430B32" w:rsidP="00430B32">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>90° Clockwise</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13BE3419" w14:textId="77777777" w:rsidR="00430B32" w:rsidRPr="00827117" w:rsidRDefault="00430B32" w:rsidP="00430B32">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>90° Counter-clockwise</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="02E16493" w14:textId="77777777" w:rsidR="00430B32" w:rsidRPr="00827117" w:rsidRDefault="00430B32" w:rsidP="00430B32">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Include a Motion Detection function.</w:t>
       </w:r>
     </w:p>
@@ -5059,51 +5077,50 @@
       <w:r w:rsidR="004966EA" w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3815B495" w14:textId="7D26C104" w:rsidR="00C31AF8" w:rsidRPr="00827117" w:rsidRDefault="00F87319" w:rsidP="00BE4A29">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="792"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Installer shall comply with all applicable state and local regulatory requirements</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B8CDDA6" w14:textId="292DBA31" w:rsidR="00C31AF8" w:rsidRPr="00827117" w:rsidRDefault="00F87319" w:rsidP="0081110A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="662"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
@@ -5132,50 +5149,51 @@
         </w:rPr>
         <w:t>Equipment shall be stored in environmental conditions within the stated temperature and humidity ranges specified by the hardware manufacturer</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58DB9BE6" w14:textId="77777777" w:rsidR="00F87319" w:rsidRPr="00827117" w:rsidRDefault="00F87319" w:rsidP="00F87319">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>COMISSIONING</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EC3369F" w14:textId="77777777" w:rsidR="00F87319" w:rsidRPr="00827117" w:rsidRDefault="00F87319" w:rsidP="00F87319">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>The manufacturer shall offer the option for factory pre-configuration of all hardware and software purchased from the manufacturer as an additional paid service</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -5241,250 +5259,263 @@
       <w:r w:rsidRPr="00827117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00827117" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2842A062" w14:textId="77777777" w:rsidR="000124DD" w:rsidRDefault="000124DD" w:rsidP="006C76B9">
+    <w:p w14:paraId="2C25AD90" w14:textId="77777777" w:rsidR="00C963EB" w:rsidRDefault="00C963EB" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31D0E02E" w14:textId="77777777" w:rsidR="000124DD" w:rsidRDefault="000124DD" w:rsidP="006C76B9">
+    <w:p w14:paraId="208F90D5" w14:textId="77777777" w:rsidR="00C963EB" w:rsidRDefault="00C963EB" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Swis721 BT">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000011" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica 45 Light">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0403020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat Medium">
     <w:panose1 w:val="00000600000000000000"/>
-    <w:charset w:val="4D"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Montserrat SemiBold">
+    <w:panose1 w:val="00000700000000000000"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0D27EC36" w14:textId="28B6AA7B" w:rsidR="00591AEE" w:rsidRPr="002A2B4D" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
+  <w:p w14:paraId="0D27EC36" w14:textId="157E367F" w:rsidR="00591AEE" w:rsidRPr="002A2B4D" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002A2B4D">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00A47A87" w:rsidRPr="002A2B4D">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>823</w:t>
     </w:r>
     <w:r w:rsidR="002A2B4D">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00565A78" w:rsidRPr="002A2B4D">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>AA</w:t>
+      <w:t>A</w:t>
+    </w:r>
+    <w:r w:rsidR="00184483">
+      <w:rPr>
+        <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1DBA1D64" w14:textId="316DE4D3" w:rsidR="00591AEE" w:rsidRPr="002A2B4D" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
+  <w:p w14:paraId="1DBA1D64" w14:textId="7836A781" w:rsidR="00591AEE" w:rsidRPr="002A2B4D" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002A2B4D">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="003E3203" w:rsidRPr="002A2B4D">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>823</w:t>
     </w:r>
     <w:r w:rsidR="002A2B4D">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00503A27" w:rsidRPr="002A2B4D">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00B16D34" w:rsidRPr="002A2B4D">
+    <w:r w:rsidR="00184483">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>A</w:t>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="667BC6A7" w14:textId="77777777" w:rsidR="000124DD" w:rsidRDefault="000124DD" w:rsidP="006C76B9">
+    <w:p w14:paraId="081B7B8E" w14:textId="77777777" w:rsidR="00C963EB" w:rsidRDefault="00C963EB" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2DB7F246" w14:textId="77777777" w:rsidR="000124DD" w:rsidRDefault="000124DD" w:rsidP="006C76B9">
+    <w:p w14:paraId="70AF7B17" w14:textId="77777777" w:rsidR="00C963EB" w:rsidRDefault="00C963EB" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
       </w:rPr>
@@ -7899,51 +7930,51 @@
   </w:num>
   <w:num w:numId="33" w16cid:durableId="445513766">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1911379226">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1918519410">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1772816476">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="959192198">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="669988405">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -7992,50 +8023,51 @@
     <w:rsid w:val="000E68A7"/>
     <w:rsid w:val="000E7BE6"/>
     <w:rsid w:val="000F0FEA"/>
     <w:rsid w:val="000F61BD"/>
     <w:rsid w:val="000F6DA8"/>
     <w:rsid w:val="00106EC6"/>
     <w:rsid w:val="0011542F"/>
     <w:rsid w:val="00115865"/>
     <w:rsid w:val="00116B8E"/>
     <w:rsid w:val="00125ACB"/>
     <w:rsid w:val="001264EF"/>
     <w:rsid w:val="001321F5"/>
     <w:rsid w:val="00132F55"/>
     <w:rsid w:val="001347CE"/>
     <w:rsid w:val="00137335"/>
     <w:rsid w:val="00147B83"/>
     <w:rsid w:val="00147DC6"/>
     <w:rsid w:val="00155237"/>
     <w:rsid w:val="001554F5"/>
     <w:rsid w:val="00163218"/>
     <w:rsid w:val="00165AAE"/>
     <w:rsid w:val="00170306"/>
     <w:rsid w:val="00171805"/>
     <w:rsid w:val="00177C07"/>
     <w:rsid w:val="00183944"/>
+    <w:rsid w:val="00184483"/>
     <w:rsid w:val="0018548D"/>
     <w:rsid w:val="00197153"/>
     <w:rsid w:val="001A276D"/>
     <w:rsid w:val="001A3E02"/>
     <w:rsid w:val="001A3F6E"/>
     <w:rsid w:val="001B0C78"/>
     <w:rsid w:val="001B2310"/>
     <w:rsid w:val="001D0F70"/>
     <w:rsid w:val="001D224A"/>
     <w:rsid w:val="001E68D6"/>
     <w:rsid w:val="001F248D"/>
     <w:rsid w:val="001F3CFC"/>
     <w:rsid w:val="001F6FDA"/>
     <w:rsid w:val="001F7C39"/>
     <w:rsid w:val="0020113E"/>
     <w:rsid w:val="00202A2F"/>
     <w:rsid w:val="00203C88"/>
     <w:rsid w:val="00203E0D"/>
     <w:rsid w:val="00210558"/>
     <w:rsid w:val="00214538"/>
     <w:rsid w:val="002230F6"/>
     <w:rsid w:val="00226F97"/>
     <w:rsid w:val="00227EAF"/>
     <w:rsid w:val="00232476"/>
     <w:rsid w:val="00237426"/>
@@ -8054,50 +8086,51 @@
     <w:rsid w:val="00274212"/>
     <w:rsid w:val="002752D3"/>
     <w:rsid w:val="00275F18"/>
     <w:rsid w:val="002827E0"/>
     <w:rsid w:val="00282C23"/>
     <w:rsid w:val="00283029"/>
     <w:rsid w:val="00286CD2"/>
     <w:rsid w:val="00290C09"/>
     <w:rsid w:val="0029102A"/>
     <w:rsid w:val="00291343"/>
     <w:rsid w:val="00291A4B"/>
     <w:rsid w:val="002970A6"/>
     <w:rsid w:val="002A15BA"/>
     <w:rsid w:val="002A226B"/>
     <w:rsid w:val="002A2729"/>
     <w:rsid w:val="002A2B4D"/>
     <w:rsid w:val="002A3DEC"/>
     <w:rsid w:val="002A71EC"/>
     <w:rsid w:val="002A7ADD"/>
     <w:rsid w:val="002A7E6D"/>
     <w:rsid w:val="002B3C5F"/>
     <w:rsid w:val="002B3CCA"/>
     <w:rsid w:val="002B4B81"/>
     <w:rsid w:val="002B63DF"/>
     <w:rsid w:val="002B66B2"/>
+    <w:rsid w:val="002B7A45"/>
     <w:rsid w:val="002B7C9A"/>
     <w:rsid w:val="002C1BD2"/>
     <w:rsid w:val="002C6202"/>
     <w:rsid w:val="002C6222"/>
     <w:rsid w:val="002C69A3"/>
     <w:rsid w:val="002D1B9F"/>
     <w:rsid w:val="002D41FB"/>
     <w:rsid w:val="002D4F72"/>
     <w:rsid w:val="002D6408"/>
     <w:rsid w:val="002D74CC"/>
     <w:rsid w:val="002E2168"/>
     <w:rsid w:val="002E2504"/>
     <w:rsid w:val="002E3A2B"/>
     <w:rsid w:val="002E6A27"/>
     <w:rsid w:val="002F1A7B"/>
     <w:rsid w:val="002F3B2E"/>
     <w:rsid w:val="002F7D61"/>
     <w:rsid w:val="0030034A"/>
     <w:rsid w:val="00300E71"/>
     <w:rsid w:val="00302756"/>
     <w:rsid w:val="00304D6A"/>
     <w:rsid w:val="00320A92"/>
     <w:rsid w:val="003229F0"/>
     <w:rsid w:val="00322FE4"/>
     <w:rsid w:val="00331F49"/>
@@ -8136,50 +8169,51 @@
     <w:rsid w:val="003D4159"/>
     <w:rsid w:val="003D4BB2"/>
     <w:rsid w:val="003D587E"/>
     <w:rsid w:val="003D6998"/>
     <w:rsid w:val="003E08FE"/>
     <w:rsid w:val="003E17EE"/>
     <w:rsid w:val="003E3203"/>
     <w:rsid w:val="003E38B3"/>
     <w:rsid w:val="003E4340"/>
     <w:rsid w:val="003E4F92"/>
     <w:rsid w:val="003E5A4D"/>
     <w:rsid w:val="003F0F2A"/>
     <w:rsid w:val="003F4F5B"/>
     <w:rsid w:val="003F5FC8"/>
     <w:rsid w:val="00400ACA"/>
     <w:rsid w:val="004012AA"/>
     <w:rsid w:val="00401A1B"/>
     <w:rsid w:val="00404529"/>
     <w:rsid w:val="00406554"/>
     <w:rsid w:val="004066BE"/>
     <w:rsid w:val="00415050"/>
     <w:rsid w:val="004160E1"/>
     <w:rsid w:val="004167A8"/>
     <w:rsid w:val="0041766A"/>
     <w:rsid w:val="00420C91"/>
+    <w:rsid w:val="004226B8"/>
     <w:rsid w:val="004235F0"/>
     <w:rsid w:val="00424809"/>
     <w:rsid w:val="00430B32"/>
     <w:rsid w:val="00431DB7"/>
     <w:rsid w:val="00433270"/>
     <w:rsid w:val="00435FE9"/>
     <w:rsid w:val="00440E35"/>
     <w:rsid w:val="00441EC6"/>
     <w:rsid w:val="00442449"/>
     <w:rsid w:val="004437BE"/>
     <w:rsid w:val="00444032"/>
     <w:rsid w:val="00444423"/>
     <w:rsid w:val="004469DF"/>
     <w:rsid w:val="00460DCD"/>
     <w:rsid w:val="00461C66"/>
     <w:rsid w:val="00463C99"/>
     <w:rsid w:val="0046732C"/>
     <w:rsid w:val="00467BA9"/>
     <w:rsid w:val="0047113A"/>
     <w:rsid w:val="004832B6"/>
     <w:rsid w:val="0048361D"/>
     <w:rsid w:val="004844CB"/>
     <w:rsid w:val="00491F0D"/>
     <w:rsid w:val="00492D82"/>
     <w:rsid w:val="00493C8B"/>
@@ -8523,50 +8557,51 @@
     <w:rsid w:val="00BF069C"/>
     <w:rsid w:val="00BF661C"/>
     <w:rsid w:val="00C01136"/>
     <w:rsid w:val="00C053AC"/>
     <w:rsid w:val="00C143D7"/>
     <w:rsid w:val="00C157FC"/>
     <w:rsid w:val="00C267B2"/>
     <w:rsid w:val="00C31AF8"/>
     <w:rsid w:val="00C34A36"/>
     <w:rsid w:val="00C4291B"/>
     <w:rsid w:val="00C4386B"/>
     <w:rsid w:val="00C46328"/>
     <w:rsid w:val="00C509F0"/>
     <w:rsid w:val="00C5257A"/>
     <w:rsid w:val="00C53D0E"/>
     <w:rsid w:val="00C555C3"/>
     <w:rsid w:val="00C55966"/>
     <w:rsid w:val="00C55C6A"/>
     <w:rsid w:val="00C607F0"/>
     <w:rsid w:val="00C62476"/>
     <w:rsid w:val="00C631A0"/>
     <w:rsid w:val="00C81CE9"/>
     <w:rsid w:val="00C833E2"/>
     <w:rsid w:val="00C92C38"/>
     <w:rsid w:val="00C95AB1"/>
+    <w:rsid w:val="00C963EB"/>
     <w:rsid w:val="00C964F2"/>
     <w:rsid w:val="00CA0F61"/>
     <w:rsid w:val="00CB0BA5"/>
     <w:rsid w:val="00CB2F4B"/>
     <w:rsid w:val="00CC289B"/>
     <w:rsid w:val="00CC5D73"/>
     <w:rsid w:val="00CC74A5"/>
     <w:rsid w:val="00CC7F2C"/>
     <w:rsid w:val="00CD1260"/>
     <w:rsid w:val="00CD32AD"/>
     <w:rsid w:val="00CD6588"/>
     <w:rsid w:val="00CE0E71"/>
     <w:rsid w:val="00CF241D"/>
     <w:rsid w:val="00CF5259"/>
     <w:rsid w:val="00D02DE0"/>
     <w:rsid w:val="00D041D6"/>
     <w:rsid w:val="00D04C17"/>
     <w:rsid w:val="00D05758"/>
     <w:rsid w:val="00D127DD"/>
     <w:rsid w:val="00D12A82"/>
     <w:rsid w:val="00D13BF6"/>
     <w:rsid w:val="00D209FD"/>
     <w:rsid w:val="00D248DA"/>
     <w:rsid w:val="00D412C0"/>
     <w:rsid w:val="00D45079"/>
@@ -9521,50 +9556,65 @@
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009713B5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A3">
     <w:name w:val="A3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE6AFE"/>
     <w:rPr>
       <w:rFonts w:cs="Helvetica 45 Light"/>
       <w:color w:val="000000"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002B7A45"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="39398612">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1953508812">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -9976,68 +10026,68 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD05497A-C49A-48BB-8511-B5894ABE10C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1283</Words>
-  <Characters>7319</Characters>
+  <Words>1231</Words>
+  <Characters>7019</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8585</CharactersWithSpaces>
+  <CharactersWithSpaces>8234</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>