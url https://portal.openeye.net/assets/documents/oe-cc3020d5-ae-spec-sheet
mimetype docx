--- v0 (2026-01-31)
+++ v1 (2026-02-21)
@@ -3379,182 +3379,81 @@
       <w:r w:rsidR="00256DD2">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>loitering and in</w:t>
       </w:r>
       <w:r w:rsidR="00012BC9">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00256DD2">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>rusion detection</w:t>
       </w:r>
       <w:r w:rsidRPr="00C12979">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C3B1D1B" w14:textId="011CE8F6" w:rsidR="00256DD2" w:rsidRDefault="00256DD2" w:rsidP="00F00090">
+    <w:p w14:paraId="2C3B1D1B" w14:textId="6F05FC16" w:rsidR="00256DD2" w:rsidRDefault="00AF4AE9" w:rsidP="00F00090">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00256DD2">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> by </w:t>
+      <w:r w:rsidRPr="00AF4AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cloud camera shall support manual onboarding via </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00AF4AE9">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>OpenEye</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...90 lines deleted...]
-        <w:t>Importing with a CSV file.</w:t>
+      <w:r w:rsidRPr="00AF4AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Web Services, including configuration through a mobile device using QR code scanning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34562C80" w14:textId="3863F384" w:rsidR="00E92FC5" w:rsidRPr="00F00090" w:rsidRDefault="00256DD2" w:rsidP="00F00090">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00256DD2">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">Camera shall make available system information with at least the following camera information: Model, firmware version, </w:t>
       </w:r>
       <w:r w:rsidR="00E92FC5">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
@@ -3961,51 +3860,50 @@
       <w:r w:rsidR="005C414A" w:rsidRPr="005C414A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Specification</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C2ED61A" w14:textId="0A25AC7A" w:rsidR="005C414A" w:rsidRDefault="005C414A" w:rsidP="005C414A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Dimension: </w:t>
       </w:r>
       <w:r w:rsidR="00E50B40">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>4.7</w:t>
       </w:r>
       <w:r w:rsidRPr="005C414A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">" x </w:t>
       </w:r>
       <w:r w:rsidR="00E50B40">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="005C414A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.1" (1</w:t>
@@ -4029,50 +3927,51 @@
         <w:t>78.5</w:t>
       </w:r>
       <w:r w:rsidRPr="005C414A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>mm)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A3D20F4" w14:textId="138CD6FD" w:rsidR="005C414A" w:rsidRDefault="005C414A" w:rsidP="005C414A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Weight: </w:t>
       </w:r>
       <w:r w:rsidR="00E50B40">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>1.5</w:t>
       </w:r>
       <w:r w:rsidRPr="005C414A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Lbs (</w:t>
       </w:r>
       <w:r w:rsidR="00E50B40">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>0.7</w:t>
       </w:r>
       <w:r w:rsidRPr="005C414A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>kg)</w:t>
@@ -4924,51 +4823,50 @@
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>EXAMINATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0587DDFA" w14:textId="67C9376F" w:rsidR="00076DDF" w:rsidRDefault="00A31485" w:rsidP="00727A7A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Device shall be inspected for physical and cosmetic defects.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B2C9C62" w14:textId="4A97602D" w:rsidR="00076DDF" w:rsidRPr="00076DDF" w:rsidRDefault="00076DDF" w:rsidP="00727A7A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Package box shall include device, mounting screws, L wrench</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="714DC6B4" w14:textId="77777777" w:rsidR="00A31485" w:rsidRDefault="00A31485" w:rsidP="00727A7A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
@@ -5415,61 +5313,61 @@
       <w:r w:rsidRPr="00495019">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00727A7A" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33A870F5" w14:textId="77777777" w:rsidR="009006BE" w:rsidRDefault="009006BE" w:rsidP="006C76B9">
+    <w:p w14:paraId="546B3D78" w14:textId="77777777" w:rsidR="00CD160F" w:rsidRDefault="00CD160F" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FCF438A" w14:textId="77777777" w:rsidR="009006BE" w:rsidRDefault="009006BE" w:rsidP="006C76B9">
+    <w:p w14:paraId="0397728E" w14:textId="77777777" w:rsidR="00CD160F" w:rsidRDefault="00CD160F" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
@@ -5669,61 +5567,61 @@
       <w:t>347</w:t>
     </w:r>
     <w:r w:rsidR="00503A27" w:rsidRPr="0025270A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
     <w:r w:rsidR="00FE04BB">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="50492AAE" w14:textId="77777777" w:rsidR="009006BE" w:rsidRDefault="009006BE" w:rsidP="006C76B9">
+    <w:p w14:paraId="79373568" w14:textId="77777777" w:rsidR="00CD160F" w:rsidRDefault="00CD160F" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="267DED3C" w14:textId="77777777" w:rsidR="009006BE" w:rsidRDefault="009006BE" w:rsidP="006C76B9">
+    <w:p w14:paraId="2A57C84D" w14:textId="77777777" w:rsidR="00CD160F" w:rsidRDefault="00CD160F" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
@@ -11078,50 +10976,51 @@
     <w:rsid w:val="00127F95"/>
     <w:rsid w:val="001321F5"/>
     <w:rsid w:val="00132F55"/>
     <w:rsid w:val="001347CE"/>
     <w:rsid w:val="001432F0"/>
     <w:rsid w:val="00144164"/>
     <w:rsid w:val="00147B83"/>
     <w:rsid w:val="00147DC6"/>
     <w:rsid w:val="00155237"/>
     <w:rsid w:val="001554F5"/>
     <w:rsid w:val="00163218"/>
     <w:rsid w:val="001655CD"/>
     <w:rsid w:val="00165AAE"/>
     <w:rsid w:val="00170306"/>
     <w:rsid w:val="00171805"/>
     <w:rsid w:val="00177C07"/>
     <w:rsid w:val="00183944"/>
     <w:rsid w:val="0018548D"/>
     <w:rsid w:val="00197153"/>
     <w:rsid w:val="001A276D"/>
     <w:rsid w:val="001A3E02"/>
     <w:rsid w:val="001A3F6E"/>
     <w:rsid w:val="001B0C78"/>
     <w:rsid w:val="001B2310"/>
     <w:rsid w:val="001B28A4"/>
+    <w:rsid w:val="001B7111"/>
     <w:rsid w:val="001D0F70"/>
     <w:rsid w:val="001D224A"/>
     <w:rsid w:val="001E02FB"/>
     <w:rsid w:val="001E2FE8"/>
     <w:rsid w:val="001E5510"/>
     <w:rsid w:val="001E68D6"/>
     <w:rsid w:val="001F02C2"/>
     <w:rsid w:val="001F248D"/>
     <w:rsid w:val="001F3CFC"/>
     <w:rsid w:val="001F6FDA"/>
     <w:rsid w:val="001F7C39"/>
     <w:rsid w:val="0020113E"/>
     <w:rsid w:val="00202A2F"/>
     <w:rsid w:val="00203C88"/>
     <w:rsid w:val="00203E0D"/>
     <w:rsid w:val="002076AF"/>
     <w:rsid w:val="00210558"/>
     <w:rsid w:val="00214538"/>
     <w:rsid w:val="002230F6"/>
     <w:rsid w:val="00223899"/>
     <w:rsid w:val="00226F97"/>
     <w:rsid w:val="00227EAF"/>
     <w:rsid w:val="00232476"/>
     <w:rsid w:val="00237490"/>
     <w:rsid w:val="0024153C"/>
@@ -11318,50 +11217,51 @@
     <w:rsid w:val="0051493C"/>
     <w:rsid w:val="00515871"/>
     <w:rsid w:val="005158C1"/>
     <w:rsid w:val="00515CA0"/>
     <w:rsid w:val="005173A5"/>
     <w:rsid w:val="0051756A"/>
     <w:rsid w:val="00520E0B"/>
     <w:rsid w:val="0052229C"/>
     <w:rsid w:val="00522A46"/>
     <w:rsid w:val="00524E22"/>
     <w:rsid w:val="00532E16"/>
     <w:rsid w:val="00534123"/>
     <w:rsid w:val="005348FF"/>
     <w:rsid w:val="00543698"/>
     <w:rsid w:val="00543B8A"/>
     <w:rsid w:val="00544DDD"/>
     <w:rsid w:val="00545DAA"/>
     <w:rsid w:val="0054770F"/>
     <w:rsid w:val="005556C4"/>
     <w:rsid w:val="00557599"/>
     <w:rsid w:val="00557894"/>
     <w:rsid w:val="00557D45"/>
     <w:rsid w:val="00563EAA"/>
     <w:rsid w:val="0056474E"/>
     <w:rsid w:val="00565A78"/>
+    <w:rsid w:val="00574F07"/>
     <w:rsid w:val="00577151"/>
     <w:rsid w:val="0057732E"/>
     <w:rsid w:val="00591AEE"/>
     <w:rsid w:val="00592763"/>
     <w:rsid w:val="0059299D"/>
     <w:rsid w:val="00593B9D"/>
     <w:rsid w:val="0059628D"/>
     <w:rsid w:val="005A0F96"/>
     <w:rsid w:val="005A105F"/>
     <w:rsid w:val="005A7B7E"/>
     <w:rsid w:val="005B055D"/>
     <w:rsid w:val="005B2017"/>
     <w:rsid w:val="005B206A"/>
     <w:rsid w:val="005B47C6"/>
     <w:rsid w:val="005C2ACA"/>
     <w:rsid w:val="005C414A"/>
     <w:rsid w:val="005D452D"/>
     <w:rsid w:val="005D4ADF"/>
     <w:rsid w:val="005D55DC"/>
     <w:rsid w:val="005F1483"/>
     <w:rsid w:val="005F25E5"/>
     <w:rsid w:val="005F3B97"/>
     <w:rsid w:val="00603099"/>
     <w:rsid w:val="006051AE"/>
     <w:rsid w:val="00606A32"/>
@@ -11611,50 +11511,51 @@
     <w:rsid w:val="00A820E0"/>
     <w:rsid w:val="00A84EB2"/>
     <w:rsid w:val="00A8733A"/>
     <w:rsid w:val="00A916BB"/>
     <w:rsid w:val="00A92B04"/>
     <w:rsid w:val="00A934A4"/>
     <w:rsid w:val="00A94FED"/>
     <w:rsid w:val="00AA0010"/>
     <w:rsid w:val="00AA0407"/>
     <w:rsid w:val="00AA05D8"/>
     <w:rsid w:val="00AA5C3A"/>
     <w:rsid w:val="00AB2516"/>
     <w:rsid w:val="00AB52C1"/>
     <w:rsid w:val="00AC2669"/>
     <w:rsid w:val="00AC4AC1"/>
     <w:rsid w:val="00AC4CE2"/>
     <w:rsid w:val="00AC510A"/>
     <w:rsid w:val="00AC6ECA"/>
     <w:rsid w:val="00AD0110"/>
     <w:rsid w:val="00AD5190"/>
     <w:rsid w:val="00AD6B4B"/>
     <w:rsid w:val="00AE6AFE"/>
     <w:rsid w:val="00AF0AF8"/>
     <w:rsid w:val="00AF1239"/>
     <w:rsid w:val="00AF2282"/>
+    <w:rsid w:val="00AF4AE9"/>
     <w:rsid w:val="00AF6865"/>
     <w:rsid w:val="00AF7D3F"/>
     <w:rsid w:val="00B043C1"/>
     <w:rsid w:val="00B066FC"/>
     <w:rsid w:val="00B06982"/>
     <w:rsid w:val="00B1234D"/>
     <w:rsid w:val="00B16D34"/>
     <w:rsid w:val="00B22AFE"/>
     <w:rsid w:val="00B235C9"/>
     <w:rsid w:val="00B27007"/>
     <w:rsid w:val="00B31BA6"/>
     <w:rsid w:val="00B33E06"/>
     <w:rsid w:val="00B35783"/>
     <w:rsid w:val="00B3676F"/>
     <w:rsid w:val="00B37015"/>
     <w:rsid w:val="00B4040C"/>
     <w:rsid w:val="00B412FE"/>
     <w:rsid w:val="00B44272"/>
     <w:rsid w:val="00B443BC"/>
     <w:rsid w:val="00B44B26"/>
     <w:rsid w:val="00B571CA"/>
     <w:rsid w:val="00B571F4"/>
     <w:rsid w:val="00B63E46"/>
     <w:rsid w:val="00B6597E"/>
     <w:rsid w:val="00B73E14"/>
@@ -11719,50 +11620,51 @@
     <w:rsid w:val="00C55C6A"/>
     <w:rsid w:val="00C607F0"/>
     <w:rsid w:val="00C631A0"/>
     <w:rsid w:val="00C6498C"/>
     <w:rsid w:val="00C67A6F"/>
     <w:rsid w:val="00C71179"/>
     <w:rsid w:val="00C71655"/>
     <w:rsid w:val="00C81CE9"/>
     <w:rsid w:val="00C833E2"/>
     <w:rsid w:val="00C92C38"/>
     <w:rsid w:val="00C95AB1"/>
     <w:rsid w:val="00C964F2"/>
     <w:rsid w:val="00C96637"/>
     <w:rsid w:val="00CA0F61"/>
     <w:rsid w:val="00CA3477"/>
     <w:rsid w:val="00CA6E21"/>
     <w:rsid w:val="00CB0BA5"/>
     <w:rsid w:val="00CB2F4B"/>
     <w:rsid w:val="00CB7A89"/>
     <w:rsid w:val="00CC289B"/>
     <w:rsid w:val="00CC5D73"/>
     <w:rsid w:val="00CC74A5"/>
     <w:rsid w:val="00CC7F2C"/>
     <w:rsid w:val="00CD0FB0"/>
     <w:rsid w:val="00CD1260"/>
+    <w:rsid w:val="00CD160F"/>
     <w:rsid w:val="00CD27B6"/>
     <w:rsid w:val="00CD32AD"/>
     <w:rsid w:val="00CD6588"/>
     <w:rsid w:val="00CD7E27"/>
     <w:rsid w:val="00CE0E71"/>
     <w:rsid w:val="00CE6B81"/>
     <w:rsid w:val="00CE7BB0"/>
     <w:rsid w:val="00CF241D"/>
     <w:rsid w:val="00CF5259"/>
     <w:rsid w:val="00D02DE0"/>
     <w:rsid w:val="00D041D6"/>
     <w:rsid w:val="00D04C17"/>
     <w:rsid w:val="00D05758"/>
     <w:rsid w:val="00D127DD"/>
     <w:rsid w:val="00D12A82"/>
     <w:rsid w:val="00D13BF6"/>
     <w:rsid w:val="00D209FD"/>
     <w:rsid w:val="00D248DA"/>
     <w:rsid w:val="00D30A64"/>
     <w:rsid w:val="00D412C0"/>
     <w:rsid w:val="00D45079"/>
     <w:rsid w:val="00D45B17"/>
     <w:rsid w:val="00D45F5A"/>
     <w:rsid w:val="00D51B4C"/>
     <w:rsid w:val="00D579CF"/>
@@ -13836,68 +13738,68 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B03C4272-FE93-4116-B1C3-0891579F8337}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1436</Words>
-  <Characters>7744</Characters>
+  <Words>1372</Words>
+  <Characters>7826</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>249</Lines>
-  <Paragraphs>203</Paragraphs>
+  <Lines>65</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8977</CharactersWithSpaces>
+  <CharactersWithSpaces>9180</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>