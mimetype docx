--- v0 (2026-01-31)
+++ v1 (2026-02-21)
@@ -409,87 +409,99 @@
       <w:r w:rsidRPr="001E02FB">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OE-CC</w:t>
       </w:r>
       <w:r w:rsidR="00CC3D42">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3022T5</w:t>
       </w:r>
       <w:r w:rsidRPr="001E02FB">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Cloud Camera</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A8BFFF3" w14:textId="113B0136" w:rsidR="006B5CF3" w:rsidRPr="0025270A" w:rsidRDefault="00D80BD7" w:rsidP="00D80BD7">
+    <w:p w14:paraId="2A8BFFF3" w14:textId="51E38807" w:rsidR="006B5CF3" w:rsidRPr="0025270A" w:rsidRDefault="00D80BD7" w:rsidP="00D80BD7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E00161">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> megapixel</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t xml:space="preserve"> cloud IP dome camera</w:t>
+        <w:t xml:space="preserve"> cloud IP </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA657E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>turret</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> camera</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7589B156" w14:textId="083CFB0E" w:rsidR="006B5CF3" w:rsidRPr="001E02FB" w:rsidRDefault="006B5CF3" w:rsidP="00AC2669">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E02FB">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Re</w:t>
       </w:r>
@@ -2381,57 +2393,59 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E02FB">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Manufacturer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7972E8" w14:textId="6C9C2BDD" w:rsidR="000D3C1A" w:rsidRDefault="000D3C1A" w:rsidP="00F85F41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>OpenEye</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="0E98E2EF" w14:textId="0040BD43" w:rsidR="004B48A9" w:rsidRDefault="004B48A9" w:rsidP="004B48A9">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1515"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>1730 North Madson Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="529DFFD3" w14:textId="2B21834C" w:rsidR="004B48A9" w:rsidRDefault="004B48A9" w:rsidP="004B48A9">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1515"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -3438,182 +3452,81 @@
       <w:r w:rsidR="00256DD2">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>loitering and in</w:t>
       </w:r>
       <w:r w:rsidR="00012BC9">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00256DD2">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>rusion detection</w:t>
       </w:r>
       <w:r w:rsidRPr="00C12979">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C3B1D1B" w14:textId="011CE8F6" w:rsidR="00256DD2" w:rsidRDefault="00256DD2" w:rsidP="00F00090">
+    <w:p w14:paraId="44CC56F1" w14:textId="5A23AA0C" w:rsidR="00D30A64" w:rsidRDefault="00E9016D" w:rsidP="00E9016D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00256DD2">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> by </w:t>
+      <w:r w:rsidRPr="00AF4AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cloud camera shall support manual onboarding via </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00AF4AE9">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>OpenEye</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...90 lines deleted...]
-        <w:t>Importing with a CSV file.</w:t>
+      <w:r w:rsidRPr="00AF4AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Web Services, including configuration through a mobile device using QR code scanning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34562C80" w14:textId="3863F384" w:rsidR="00E92FC5" w:rsidRPr="00F00090" w:rsidRDefault="00256DD2" w:rsidP="00F00090">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00256DD2">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">Camera shall make available system information with at least the following camera information: Model, firmware version, </w:t>
       </w:r>
       <w:r w:rsidR="00E92FC5">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
@@ -3888,72 +3801,72 @@
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1878ED14" w14:textId="216E3ABE" w:rsidR="00030C9B" w:rsidRDefault="00030C9B" w:rsidP="00030C9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00030C9B">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Environmental Specification</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FBD7AD8" w14:textId="1F6802F0" w:rsidR="00030C9B" w:rsidRPr="00030C9B" w:rsidRDefault="00030C9B" w:rsidP="00030C9B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Operating Temperatures: </w:t>
       </w:r>
       <w:r w:rsidR="00AD2985" w:rsidRPr="00030C9B">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00AD2985">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00AD2985" w:rsidRPr="00030C9B">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>°~140°F (-</w:t>
       </w:r>
       <w:r w:rsidR="00AD2985">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>2</w:t>
@@ -4793,51 +4706,65 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Remote Surveillance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F5360BF" w14:textId="537532DF" w:rsidR="008304D6" w:rsidRDefault="008304D6" w:rsidP="008304D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>Control System: OpenEye Web Services</w:t>
+        <w:t xml:space="preserve">Control System: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>OpenEye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Web Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35194653" w14:textId="4101F35E" w:rsidR="008304D6" w:rsidRDefault="008304D6" w:rsidP="008304D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Mobile Devices: iOS</w:t>
       </w:r>
       <w:r w:rsidR="00442C46">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>, Android</w:t>
@@ -4901,51 +4828,50 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">External Storage: </w:t>
       </w:r>
       <w:r w:rsidR="00F00090">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>N/A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0345408F" w14:textId="398D5B5E" w:rsidR="00F87319" w:rsidRPr="00495019" w:rsidRDefault="00F87319" w:rsidP="00F87319">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495019">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>PART 3 EXECUTION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12CA65A0" w14:textId="77777777" w:rsidR="00C631A0" w:rsidRPr="00495019" w:rsidRDefault="00C631A0" w:rsidP="00AC2669">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79A95D07" w14:textId="77777777" w:rsidR="00C631A0" w:rsidRPr="00495019" w:rsidRDefault="00C631A0" w:rsidP="00AC2669">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
@@ -5454,61 +5380,61 @@
       <w:r w:rsidRPr="00495019">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00727A7A" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7CE75FBA" w14:textId="77777777" w:rsidR="001B7D6F" w:rsidRDefault="001B7D6F" w:rsidP="006C76B9">
+    <w:p w14:paraId="32C56FA8" w14:textId="77777777" w:rsidR="00EC102A" w:rsidRDefault="00EC102A" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B54F56C" w14:textId="77777777" w:rsidR="001B7D6F" w:rsidRDefault="001B7D6F" w:rsidP="006C76B9">
+    <w:p w14:paraId="0D4F97E5" w14:textId="77777777" w:rsidR="00EC102A" w:rsidRDefault="00EC102A" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
@@ -5708,61 +5634,61 @@
       <w:t>348</w:t>
     </w:r>
     <w:r w:rsidR="00503A27" w:rsidRPr="0025270A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
     <w:r w:rsidR="00CC3D42">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="690AFFE4" w14:textId="77777777" w:rsidR="001B7D6F" w:rsidRDefault="001B7D6F" w:rsidP="006C76B9">
+    <w:p w14:paraId="3BB9371F" w14:textId="77777777" w:rsidR="00EC102A" w:rsidRDefault="00EC102A" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="545B1BDF" w14:textId="77777777" w:rsidR="001B7D6F" w:rsidRDefault="001B7D6F" w:rsidP="006C76B9">
+    <w:p w14:paraId="30D7B0F3" w14:textId="77777777" w:rsidR="00EC102A" w:rsidRDefault="00EC102A" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
@@ -11001,51 +10927,51 @@
   </w:num>
   <w:num w:numId="46" w16cid:durableId="865027466">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="313418475">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1639411846">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1182204721">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="101999623">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="987705200">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="45"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="167"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -11120,50 +11046,51 @@
     <w:rsid w:val="001321F5"/>
     <w:rsid w:val="00132F55"/>
     <w:rsid w:val="001347CE"/>
     <w:rsid w:val="001432F0"/>
     <w:rsid w:val="00144164"/>
     <w:rsid w:val="00147B83"/>
     <w:rsid w:val="00147DC6"/>
     <w:rsid w:val="00155237"/>
     <w:rsid w:val="001554F5"/>
     <w:rsid w:val="00163218"/>
     <w:rsid w:val="001655CD"/>
     <w:rsid w:val="00165AAE"/>
     <w:rsid w:val="00170306"/>
     <w:rsid w:val="00171805"/>
     <w:rsid w:val="00177C07"/>
     <w:rsid w:val="00183944"/>
     <w:rsid w:val="0018548D"/>
     <w:rsid w:val="001939C5"/>
     <w:rsid w:val="00197153"/>
     <w:rsid w:val="001A276D"/>
     <w:rsid w:val="001A3E02"/>
     <w:rsid w:val="001A3F6E"/>
     <w:rsid w:val="001B0C78"/>
     <w:rsid w:val="001B2310"/>
     <w:rsid w:val="001B28A4"/>
+    <w:rsid w:val="001B7111"/>
     <w:rsid w:val="001B7D6F"/>
     <w:rsid w:val="001D0F70"/>
     <w:rsid w:val="001D224A"/>
     <w:rsid w:val="001E02FB"/>
     <w:rsid w:val="001E2FE8"/>
     <w:rsid w:val="001E5510"/>
     <w:rsid w:val="001E68D6"/>
     <w:rsid w:val="001F02C2"/>
     <w:rsid w:val="001F248D"/>
     <w:rsid w:val="001F3CFC"/>
     <w:rsid w:val="001F6FDA"/>
     <w:rsid w:val="001F7C39"/>
     <w:rsid w:val="0020113E"/>
     <w:rsid w:val="00202A2F"/>
     <w:rsid w:val="00203C88"/>
     <w:rsid w:val="00203E0D"/>
     <w:rsid w:val="002076AF"/>
     <w:rsid w:val="00210558"/>
     <w:rsid w:val="00214538"/>
     <w:rsid w:val="002230F6"/>
     <w:rsid w:val="00223899"/>
     <w:rsid w:val="00226F97"/>
     <w:rsid w:val="00227EAF"/>
     <w:rsid w:val="00232476"/>
     <w:rsid w:val="00237490"/>
@@ -11623,50 +11550,51 @@
     <w:rsid w:val="009F3EF1"/>
     <w:rsid w:val="009F5617"/>
     <w:rsid w:val="009F6961"/>
     <w:rsid w:val="009F7023"/>
     <w:rsid w:val="00A02A78"/>
     <w:rsid w:val="00A038C8"/>
     <w:rsid w:val="00A03FB2"/>
     <w:rsid w:val="00A05F3F"/>
     <w:rsid w:val="00A074FB"/>
     <w:rsid w:val="00A170E0"/>
     <w:rsid w:val="00A24814"/>
     <w:rsid w:val="00A24ABF"/>
     <w:rsid w:val="00A24BE4"/>
     <w:rsid w:val="00A27C34"/>
     <w:rsid w:val="00A31485"/>
     <w:rsid w:val="00A33067"/>
     <w:rsid w:val="00A345EB"/>
     <w:rsid w:val="00A36D5D"/>
     <w:rsid w:val="00A40CE9"/>
     <w:rsid w:val="00A41465"/>
     <w:rsid w:val="00A43164"/>
     <w:rsid w:val="00A43D68"/>
     <w:rsid w:val="00A5117A"/>
     <w:rsid w:val="00A540FF"/>
     <w:rsid w:val="00A6458B"/>
+    <w:rsid w:val="00A648F9"/>
     <w:rsid w:val="00A64F3F"/>
     <w:rsid w:val="00A66A37"/>
     <w:rsid w:val="00A66C0D"/>
     <w:rsid w:val="00A67A21"/>
     <w:rsid w:val="00A728FD"/>
     <w:rsid w:val="00A753E0"/>
     <w:rsid w:val="00A757B9"/>
     <w:rsid w:val="00A75E91"/>
     <w:rsid w:val="00A76E92"/>
     <w:rsid w:val="00A820E0"/>
     <w:rsid w:val="00A84EB2"/>
     <w:rsid w:val="00A916BB"/>
     <w:rsid w:val="00A92B04"/>
     <w:rsid w:val="00A934A4"/>
     <w:rsid w:val="00A94FED"/>
     <w:rsid w:val="00AA0010"/>
     <w:rsid w:val="00AA0407"/>
     <w:rsid w:val="00AA05D8"/>
     <w:rsid w:val="00AA5C3A"/>
     <w:rsid w:val="00AB2516"/>
     <w:rsid w:val="00AB52C1"/>
     <w:rsid w:val="00AC2669"/>
     <w:rsid w:val="00AC4AC1"/>
     <w:rsid w:val="00AC4CE2"/>
     <w:rsid w:val="00AC510A"/>
@@ -11696,50 +11624,51 @@
     <w:rsid w:val="00B37015"/>
     <w:rsid w:val="00B4040C"/>
     <w:rsid w:val="00B412FE"/>
     <w:rsid w:val="00B44272"/>
     <w:rsid w:val="00B443BC"/>
     <w:rsid w:val="00B44B26"/>
     <w:rsid w:val="00B571CA"/>
     <w:rsid w:val="00B571F4"/>
     <w:rsid w:val="00B63E46"/>
     <w:rsid w:val="00B6597E"/>
     <w:rsid w:val="00B73E14"/>
     <w:rsid w:val="00B74DC0"/>
     <w:rsid w:val="00B762D5"/>
     <w:rsid w:val="00B76624"/>
     <w:rsid w:val="00B80466"/>
     <w:rsid w:val="00B84582"/>
     <w:rsid w:val="00B86970"/>
     <w:rsid w:val="00B87FCB"/>
     <w:rsid w:val="00B927D4"/>
     <w:rsid w:val="00B96415"/>
     <w:rsid w:val="00BA150B"/>
     <w:rsid w:val="00BA175A"/>
     <w:rsid w:val="00BA2A1C"/>
     <w:rsid w:val="00BA3468"/>
     <w:rsid w:val="00BA54D1"/>
+    <w:rsid w:val="00BA657E"/>
     <w:rsid w:val="00BB016E"/>
     <w:rsid w:val="00BB068E"/>
     <w:rsid w:val="00BB28F9"/>
     <w:rsid w:val="00BB67DA"/>
     <w:rsid w:val="00BB7302"/>
     <w:rsid w:val="00BB7405"/>
     <w:rsid w:val="00BC2432"/>
     <w:rsid w:val="00BC539B"/>
     <w:rsid w:val="00BC553A"/>
     <w:rsid w:val="00BD062F"/>
     <w:rsid w:val="00BD0942"/>
     <w:rsid w:val="00BD757F"/>
     <w:rsid w:val="00BE1900"/>
     <w:rsid w:val="00BF069C"/>
     <w:rsid w:val="00BF1360"/>
     <w:rsid w:val="00BF281B"/>
     <w:rsid w:val="00BF661C"/>
     <w:rsid w:val="00C01136"/>
     <w:rsid w:val="00C02F6B"/>
     <w:rsid w:val="00C053AC"/>
     <w:rsid w:val="00C12979"/>
     <w:rsid w:val="00C13F9A"/>
     <w:rsid w:val="00C143D7"/>
     <w:rsid w:val="00C157FC"/>
     <w:rsid w:val="00C164DE"/>
@@ -11783,50 +11712,51 @@
     <w:rsid w:val="00CB2F4B"/>
     <w:rsid w:val="00CB7A89"/>
     <w:rsid w:val="00CC289B"/>
     <w:rsid w:val="00CC3D42"/>
     <w:rsid w:val="00CC5D73"/>
     <w:rsid w:val="00CC6067"/>
     <w:rsid w:val="00CC74A5"/>
     <w:rsid w:val="00CC7F2C"/>
     <w:rsid w:val="00CD0FB0"/>
     <w:rsid w:val="00CD1260"/>
     <w:rsid w:val="00CD27B6"/>
     <w:rsid w:val="00CD32AD"/>
     <w:rsid w:val="00CD6588"/>
     <w:rsid w:val="00CD7E27"/>
     <w:rsid w:val="00CE0E71"/>
     <w:rsid w:val="00CE7BB0"/>
     <w:rsid w:val="00CF241D"/>
     <w:rsid w:val="00CF5259"/>
     <w:rsid w:val="00D02DE0"/>
     <w:rsid w:val="00D041D6"/>
     <w:rsid w:val="00D04C17"/>
     <w:rsid w:val="00D05758"/>
     <w:rsid w:val="00D127DD"/>
     <w:rsid w:val="00D12A82"/>
     <w:rsid w:val="00D13BF6"/>
+    <w:rsid w:val="00D147E3"/>
     <w:rsid w:val="00D209FD"/>
     <w:rsid w:val="00D248DA"/>
     <w:rsid w:val="00D30A64"/>
     <w:rsid w:val="00D412C0"/>
     <w:rsid w:val="00D45079"/>
     <w:rsid w:val="00D45B17"/>
     <w:rsid w:val="00D45F5A"/>
     <w:rsid w:val="00D51B4C"/>
     <w:rsid w:val="00D579CF"/>
     <w:rsid w:val="00D602E9"/>
     <w:rsid w:val="00D60505"/>
     <w:rsid w:val="00D6298B"/>
     <w:rsid w:val="00D6584A"/>
     <w:rsid w:val="00D7189E"/>
     <w:rsid w:val="00D72270"/>
     <w:rsid w:val="00D7462E"/>
     <w:rsid w:val="00D74F54"/>
     <w:rsid w:val="00D80BD7"/>
     <w:rsid w:val="00D90478"/>
     <w:rsid w:val="00D91F79"/>
     <w:rsid w:val="00D925D9"/>
     <w:rsid w:val="00DA1896"/>
     <w:rsid w:val="00DA215A"/>
     <w:rsid w:val="00DA3C4D"/>
     <w:rsid w:val="00DA541C"/>
@@ -11848,59 +11778,61 @@
     <w:rsid w:val="00DF2409"/>
     <w:rsid w:val="00DF3A79"/>
     <w:rsid w:val="00E00161"/>
     <w:rsid w:val="00E03DED"/>
     <w:rsid w:val="00E05CA9"/>
     <w:rsid w:val="00E140DB"/>
     <w:rsid w:val="00E15D96"/>
     <w:rsid w:val="00E1782F"/>
     <w:rsid w:val="00E2600E"/>
     <w:rsid w:val="00E32293"/>
     <w:rsid w:val="00E4390C"/>
     <w:rsid w:val="00E44222"/>
     <w:rsid w:val="00E4483D"/>
     <w:rsid w:val="00E53FC3"/>
     <w:rsid w:val="00E54C32"/>
     <w:rsid w:val="00E62EDF"/>
     <w:rsid w:val="00E707B4"/>
     <w:rsid w:val="00E71A38"/>
     <w:rsid w:val="00E7520E"/>
     <w:rsid w:val="00E75627"/>
     <w:rsid w:val="00E761D9"/>
     <w:rsid w:val="00E775B0"/>
     <w:rsid w:val="00E77982"/>
     <w:rsid w:val="00E8175E"/>
     <w:rsid w:val="00E847E2"/>
+    <w:rsid w:val="00E9016D"/>
     <w:rsid w:val="00E91DAB"/>
     <w:rsid w:val="00E92FC5"/>
     <w:rsid w:val="00E96520"/>
     <w:rsid w:val="00EA24D1"/>
     <w:rsid w:val="00EA24D8"/>
     <w:rsid w:val="00EA71EE"/>
     <w:rsid w:val="00EB1BED"/>
     <w:rsid w:val="00EB2385"/>
     <w:rsid w:val="00EB4770"/>
+    <w:rsid w:val="00EC102A"/>
     <w:rsid w:val="00EC18FB"/>
     <w:rsid w:val="00EC3015"/>
     <w:rsid w:val="00EC4238"/>
     <w:rsid w:val="00EC6278"/>
     <w:rsid w:val="00EC63A1"/>
     <w:rsid w:val="00ED024D"/>
     <w:rsid w:val="00ED1759"/>
     <w:rsid w:val="00ED26FC"/>
     <w:rsid w:val="00ED710E"/>
     <w:rsid w:val="00EE0915"/>
     <w:rsid w:val="00EE1D62"/>
     <w:rsid w:val="00EE3951"/>
     <w:rsid w:val="00EF118D"/>
     <w:rsid w:val="00EF29D2"/>
     <w:rsid w:val="00EF7853"/>
     <w:rsid w:val="00F00090"/>
     <w:rsid w:val="00F1171C"/>
     <w:rsid w:val="00F1220C"/>
     <w:rsid w:val="00F12ACA"/>
     <w:rsid w:val="00F1521B"/>
     <w:rsid w:val="00F16129"/>
     <w:rsid w:val="00F207D7"/>
     <w:rsid w:val="00F21D5C"/>
     <w:rsid w:val="00F21E4C"/>
     <w:rsid w:val="00F23459"/>
@@ -13884,68 +13816,68 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B03C4272-FE93-4116-B1C3-0891579F8337}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1472</Words>
-  <Characters>7935</Characters>
+  <Words>1459</Words>
+  <Characters>7968</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>255</Lines>
-  <Paragraphs>209</Paragraphs>
+  <Lines>249</Lines>
+  <Paragraphs>200</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9198</CharactersWithSpaces>
+  <CharactersWithSpaces>9227</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>