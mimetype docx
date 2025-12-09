--- v0 (2025-10-16)
+++ v1 (2025-12-09)
@@ -393,51 +393,65 @@
       <w:r w:rsidRPr="001E02FB">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">OE-CC51D5 Cloud Camera </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A8BFFF3" w14:textId="308BF60F" w:rsidR="006B5CF3" w:rsidRPr="0025270A" w:rsidRDefault="00D80BD7" w:rsidP="00D80BD7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t xml:space="preserve">A 5 megapixel cloud IP dome camera </w:t>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>5 megapixel</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cloud IP dome camera </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7589B156" w14:textId="083CFB0E" w:rsidR="006B5CF3" w:rsidRPr="001E02FB" w:rsidRDefault="006B5CF3" w:rsidP="00AC2669">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="792"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E02FB">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Re</w:t>
       </w:r>
@@ -1868,91 +1882,91 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="56BEC72D" w14:textId="545F4725" w:rsidR="00CD0FB0" w:rsidRPr="001E02FB" w:rsidRDefault="00CD0FB0" w:rsidP="00F85F41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E02FB">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Warranty Period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FEBFE29" w14:textId="73B6E019" w:rsidR="00CD0FB0" w:rsidRDefault="004A1904" w:rsidP="00F85F41">
+    <w:p w14:paraId="6FEBFE29" w14:textId="07730DCC" w:rsidR="00CD0FB0" w:rsidRDefault="004A1904" w:rsidP="00F85F41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>The m</w:t>
       </w:r>
       <w:r w:rsidR="00CD0FB0">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>anufacturer shall warrant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CD0FB0">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">camera for a period of </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="00B06306">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="000743F4">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> years for the repair or replacement of defective equipment</w:t>
       </w:r>
       <w:r w:rsidR="00CD0FB0">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D1E4FF4" w14:textId="5ACC1CC1" w:rsidR="000743F4" w:rsidRPr="001E02FB" w:rsidRDefault="000743F4" w:rsidP="000743F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
@@ -2179,77 +2193,68 @@
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Technical support shall be based in North America.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15921510" w14:textId="155F1803" w:rsidR="000743F4" w:rsidRDefault="000743F4" w:rsidP="00F85F41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Technical support shall be via email or toll-free phone number.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="560C106C" w14:textId="401C9C02" w:rsidR="000D3C1A" w:rsidRDefault="000743F4" w:rsidP="00727A7A">
+    <w:p w14:paraId="33076F78" w14:textId="69819DE5" w:rsidR="00EA71EE" w:rsidRPr="00997E7E" w:rsidRDefault="00B06306" w:rsidP="00997E7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
-[...11 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Technical support shall be available weekdays from 5 a.m. to 5 p.m. PST.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="18AC3583" w14:textId="241D2666" w:rsidR="00007755" w:rsidRPr="00994A5F" w:rsidRDefault="000D3C1A" w:rsidP="00477D29">
       <w:pPr>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:b/>
         </w:rPr>
         <w:t>PART</w:t>
       </w:r>
       <w:r w:rsidR="006B5CF3" w:rsidRPr="00477D29">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidR="00390821" w:rsidRPr="00477D29">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> PRODUCT</w:t>
@@ -2329,70 +2334,72 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E02FB">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Manufacturer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7972E8" w14:textId="6C9C2BDD" w:rsidR="000D3C1A" w:rsidRDefault="000D3C1A" w:rsidP="00F85F41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>OpenEye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0E98E2EF" w14:textId="0040BD43" w:rsidR="004B48A9" w:rsidRDefault="004B48A9" w:rsidP="004B48A9">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1515"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>OpenEye</w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>1730 North Madson Street</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="529DFFD3" w14:textId="2B21834C" w:rsidR="004B48A9" w:rsidRDefault="004B48A9" w:rsidP="004B48A9">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1515"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Liberty Lake, WA 99019</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF08043" w14:textId="7A4BD745" w:rsidR="004B48A9" w:rsidRDefault="004B48A9" w:rsidP="004B48A9">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1515"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
@@ -2684,51 +2691,65 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD57AD">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">All systems and components shall be provided with the availability of a </w:t>
       </w:r>
       <w:r w:rsidR="004A1904">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>toll-free</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD57AD">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t xml:space="preserve"> technical support phone number from the manufacturer. The phone number shall allow for immediate technical assistance for either the dealer/installer at no charge.</w:t>
+        <w:t xml:space="preserve"> technical support phone number from the manufacturer. The phone number shall allow for immediate technical assistance for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD57AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>either the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD57AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dealer/installer at no charge.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D48617F" w14:textId="2A3AA7F0" w:rsidR="00FD57AD" w:rsidRPr="00872C39" w:rsidRDefault="00FD57AD" w:rsidP="00F85F41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD57AD">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>All systems and components shall be provided with an explicit manufacturer warranty.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FC9F111" w14:textId="42C0C217" w:rsidR="00223899" w:rsidRPr="001E02FB" w:rsidRDefault="00FD57AD" w:rsidP="00F85F41">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
@@ -3081,51 +3102,65 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA54D1">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Camera shall support user selectable resolution, frame rate, bit rate, and GOP size set from the GUI of the IP cameras.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47F2352B" w14:textId="04E8A62A" w:rsidR="006E5147" w:rsidRDefault="006E5147" w:rsidP="00F85F41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E5147">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>Operation of the camera shall be facilitated by the use of a web browser that can be Google Chrome, Apple Safari</w:t>
+        <w:t xml:space="preserve">Operation of the camera shall be facilitated </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006E5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>by the use of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006E5147">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a web browser that can be Google Chrome, Apple Safari</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>, Opera,</w:t>
       </w:r>
       <w:r w:rsidRPr="006E5147">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mozilla Firefox</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>, or Edge</w:t>
       </w:r>
       <w:r w:rsidRPr="006E5147">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -3348,57 +3383,79 @@
         <w:t>loitering and intrusion detection</w:t>
       </w:r>
       <w:r w:rsidRPr="00C12979">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C3B1D1B" w14:textId="011CE8F6" w:rsidR="00256DD2" w:rsidRDefault="00256DD2" w:rsidP="00F00090">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00256DD2">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t xml:space="preserve">Camera shall be auto-discoverable by </w:t>
-[...5 lines deleted...]
-        <w:t>OpenEye Web</w:t>
+        <w:t xml:space="preserve">Camera shall be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00256DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>auto-discoverable</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00256DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>OpenEye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Web</w:t>
       </w:r>
       <w:r w:rsidRPr="00256DD2">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00256DD2">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F7FBF2C" w14:textId="0C00AA6D" w:rsidR="00D30A64" w:rsidRDefault="00442C46" w:rsidP="00D30A64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
@@ -4705,51 +4762,65 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Remote Surveillance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F5360BF" w14:textId="537532DF" w:rsidR="008304D6" w:rsidRDefault="008304D6" w:rsidP="008304D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>Control System: OpenEye Web Services</w:t>
+        <w:t xml:space="preserve">Control System: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>OpenEye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Web Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35194653" w14:textId="4101F35E" w:rsidR="008304D6" w:rsidRDefault="008304D6" w:rsidP="008304D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Mobile Devices: iOS</w:t>
       </w:r>
       <w:r w:rsidR="00442C46">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>, Android</w:t>
@@ -4931,51 +5002,65 @@
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>PREPARATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DF5C6E1" w14:textId="75F2BEBD" w:rsidR="00C31AF8" w:rsidRDefault="00076DDF" w:rsidP="00727A7A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>ESD-sensitive parts shall be properly protected against static buildup through the use of static shielding material</w:t>
+        <w:t xml:space="preserve">ESD-sensitive parts shall be properly protected against static buildup </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>through the use of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> static shielding material</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00495019">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3426F7B5" w14:textId="4A33C737" w:rsidR="00076DDF" w:rsidRDefault="00076DDF" w:rsidP="00727A7A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Package box shall contain adequate padding to prevent damage to device and parts during shipping.</w:t>
       </w:r>
@@ -5336,61 +5421,61 @@
       <w:r w:rsidRPr="00495019">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00727A7A" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0842E745" w14:textId="77777777" w:rsidR="00CC6E06" w:rsidRDefault="00CC6E06" w:rsidP="006C76B9">
+    <w:p w14:paraId="109E466A" w14:textId="77777777" w:rsidR="003D5579" w:rsidRDefault="003D5579" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1AA0E98E" w14:textId="77777777" w:rsidR="00CC6E06" w:rsidRDefault="00CC6E06" w:rsidP="006C76B9">
+    <w:p w14:paraId="54719787" w14:textId="77777777" w:rsidR="003D5579" w:rsidRDefault="003D5579" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5487,186 +5572,204 @@
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat SemiBold">
     <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0D27EC36" w14:textId="0692DFBC" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
+  <w:p w14:paraId="0D27EC36" w14:textId="4C9B618B" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00477D29">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="003837DB">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8115</w:t>
     </w:r>
     <w:r w:rsidR="00565A78" w:rsidRPr="00477D29">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>AA</w:t>
+      <w:t>A</w:t>
+    </w:r>
+    <w:r w:rsidR="0033557C">
+      <w:rPr>
+        <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1DBA1D64" w14:textId="20B6EF69" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
+  <w:p w14:paraId="1DBA1D64" w14:textId="52685BE1" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="0025270A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="0025270A" w:rsidRPr="0025270A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8115</w:t>
     </w:r>
     <w:r w:rsidR="00503A27" w:rsidRPr="0025270A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00B16D34" w:rsidRPr="0025270A">
+    <w:r w:rsidR="00B06306">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>A</w:t>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3787A285" w14:textId="77777777" w:rsidR="00CC6E06" w:rsidRDefault="00CC6E06" w:rsidP="006C76B9">
+    <w:p w14:paraId="3BD9BC0B" w14:textId="77777777" w:rsidR="003D5579" w:rsidRDefault="003D5579" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6DCF29AF" w14:textId="77777777" w:rsidR="00CC6E06" w:rsidRDefault="00CC6E06" w:rsidP="006C76B9">
+    <w:p w14:paraId="19CC0E3E" w14:textId="77777777" w:rsidR="003D5579" w:rsidRDefault="003D5579" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="06919657" w14:textId="1F29F046" w:rsidR="0020113E" w:rsidRPr="00477D29" w:rsidRDefault="0020113E">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00477D29">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t xml:space="preserve">OpenEye </w:t>
+          <w:t>OpenEye</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00477D29">
+          <w:rPr>
+            <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00867366" w:rsidRPr="00477D29">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>OE-</w:t>
         </w:r>
         <w:r w:rsidR="00714880" w:rsidRPr="00477D29">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>C</w:t>
         </w:r>
         <w:r w:rsidR="00477D29">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>C51D5</w:t>
         </w:r>
@@ -5853,58 +5956,60 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00214538">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00214538" w:rsidRPr="00ED1759">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00214538" w:rsidRPr="00AC6ECA">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>OpenEye</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00214538" w:rsidRPr="00ED1759">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00867366" w:rsidRPr="00AC6ECA">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>OE-</w:t>
     </w:r>
     <w:r w:rsidR="00714880" w:rsidRPr="00AC6ECA">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>C</w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -10831,51 +10936,52 @@
   </w:num>
   <w:num w:numId="46" w16cid:durableId="865027466">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="313418475">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1639411846">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1182204721">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="101999623">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="987705200">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="45"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -11040,86 +11146,88 @@
     <w:rsid w:val="002D41FB"/>
     <w:rsid w:val="002D4F72"/>
     <w:rsid w:val="002D6408"/>
     <w:rsid w:val="002D74CC"/>
     <w:rsid w:val="002E2168"/>
     <w:rsid w:val="002E2504"/>
     <w:rsid w:val="002E3A2B"/>
     <w:rsid w:val="002E6A27"/>
     <w:rsid w:val="002F1A7B"/>
     <w:rsid w:val="002F3B2E"/>
     <w:rsid w:val="002F7D61"/>
     <w:rsid w:val="0030034A"/>
     <w:rsid w:val="00300450"/>
     <w:rsid w:val="00300E71"/>
     <w:rsid w:val="00304D6A"/>
     <w:rsid w:val="00304E68"/>
     <w:rsid w:val="0031708D"/>
     <w:rsid w:val="00317696"/>
     <w:rsid w:val="0032030B"/>
     <w:rsid w:val="00320A92"/>
     <w:rsid w:val="003229F0"/>
     <w:rsid w:val="00322FE4"/>
     <w:rsid w:val="00331F49"/>
     <w:rsid w:val="003327C2"/>
     <w:rsid w:val="00333033"/>
+    <w:rsid w:val="0033557C"/>
     <w:rsid w:val="00336E0B"/>
     <w:rsid w:val="00341E68"/>
     <w:rsid w:val="00350418"/>
     <w:rsid w:val="003525EF"/>
     <w:rsid w:val="003526F5"/>
     <w:rsid w:val="00355C90"/>
     <w:rsid w:val="00355CD9"/>
     <w:rsid w:val="003607D8"/>
     <w:rsid w:val="00364BE6"/>
     <w:rsid w:val="00365BD3"/>
     <w:rsid w:val="003761F3"/>
     <w:rsid w:val="00380117"/>
     <w:rsid w:val="003818A7"/>
     <w:rsid w:val="00381E9F"/>
     <w:rsid w:val="003837DB"/>
     <w:rsid w:val="00383B26"/>
     <w:rsid w:val="003862B5"/>
     <w:rsid w:val="00390821"/>
     <w:rsid w:val="00390F4A"/>
     <w:rsid w:val="00392720"/>
     <w:rsid w:val="00393A66"/>
     <w:rsid w:val="00393DC7"/>
     <w:rsid w:val="003A434C"/>
     <w:rsid w:val="003A6312"/>
     <w:rsid w:val="003B1F47"/>
     <w:rsid w:val="003B68A1"/>
     <w:rsid w:val="003C3503"/>
     <w:rsid w:val="003C3637"/>
     <w:rsid w:val="003C68EA"/>
     <w:rsid w:val="003D0451"/>
     <w:rsid w:val="003D0B73"/>
     <w:rsid w:val="003D1A16"/>
     <w:rsid w:val="003D2E80"/>
     <w:rsid w:val="003D3BD2"/>
     <w:rsid w:val="003D4159"/>
     <w:rsid w:val="003D4BB2"/>
+    <w:rsid w:val="003D5579"/>
     <w:rsid w:val="003D587E"/>
     <w:rsid w:val="003D6998"/>
     <w:rsid w:val="003D69F4"/>
     <w:rsid w:val="003E08FE"/>
     <w:rsid w:val="003E17EE"/>
     <w:rsid w:val="003E3512"/>
     <w:rsid w:val="003E38B3"/>
     <w:rsid w:val="003E4340"/>
     <w:rsid w:val="003E4F92"/>
     <w:rsid w:val="003E5A4D"/>
     <w:rsid w:val="003F0F2A"/>
     <w:rsid w:val="003F4F5B"/>
     <w:rsid w:val="003F5FC8"/>
     <w:rsid w:val="00400ACA"/>
     <w:rsid w:val="004012AA"/>
     <w:rsid w:val="00401A1B"/>
     <w:rsid w:val="00404529"/>
     <w:rsid w:val="00406554"/>
     <w:rsid w:val="004066BE"/>
     <w:rsid w:val="0041112A"/>
     <w:rsid w:val="00414AC5"/>
     <w:rsid w:val="004160E1"/>
     <w:rsid w:val="004167A8"/>
     <w:rsid w:val="0041766A"/>
     <w:rsid w:val="00420C91"/>
@@ -11382,50 +11490,52 @@
     <w:rsid w:val="00911475"/>
     <w:rsid w:val="0091265A"/>
     <w:rsid w:val="00912975"/>
     <w:rsid w:val="00912C82"/>
     <w:rsid w:val="009148E3"/>
     <w:rsid w:val="009176C5"/>
     <w:rsid w:val="009178EE"/>
     <w:rsid w:val="00917D38"/>
     <w:rsid w:val="0092104B"/>
     <w:rsid w:val="00922EB9"/>
     <w:rsid w:val="00931FF8"/>
     <w:rsid w:val="00950CFF"/>
     <w:rsid w:val="00955661"/>
     <w:rsid w:val="009569B4"/>
     <w:rsid w:val="009713B5"/>
     <w:rsid w:val="00974509"/>
     <w:rsid w:val="009808F5"/>
     <w:rsid w:val="00982991"/>
     <w:rsid w:val="0098472E"/>
     <w:rsid w:val="00985BBC"/>
     <w:rsid w:val="00986A63"/>
     <w:rsid w:val="00994A5F"/>
     <w:rsid w:val="00995F59"/>
     <w:rsid w:val="009967A4"/>
     <w:rsid w:val="00996B58"/>
+    <w:rsid w:val="00997493"/>
+    <w:rsid w:val="00997E7E"/>
     <w:rsid w:val="009A114D"/>
     <w:rsid w:val="009A2A72"/>
     <w:rsid w:val="009A316E"/>
     <w:rsid w:val="009A6241"/>
     <w:rsid w:val="009A7F76"/>
     <w:rsid w:val="009B07ED"/>
     <w:rsid w:val="009B13BD"/>
     <w:rsid w:val="009B3927"/>
     <w:rsid w:val="009B5F3B"/>
     <w:rsid w:val="009C2403"/>
     <w:rsid w:val="009C37B7"/>
     <w:rsid w:val="009C723A"/>
     <w:rsid w:val="009D210F"/>
     <w:rsid w:val="009D3B29"/>
     <w:rsid w:val="009D3ED9"/>
     <w:rsid w:val="009E2C88"/>
     <w:rsid w:val="009E4639"/>
     <w:rsid w:val="009E4FBD"/>
     <w:rsid w:val="009F0E41"/>
     <w:rsid w:val="009F3EF1"/>
     <w:rsid w:val="009F5617"/>
     <w:rsid w:val="009F6961"/>
     <w:rsid w:val="009F7023"/>
     <w:rsid w:val="00A02A78"/>
     <w:rsid w:val="00A038C8"/>
@@ -11461,50 +11571,51 @@
     <w:rsid w:val="00A84EB2"/>
     <w:rsid w:val="00A916BB"/>
     <w:rsid w:val="00A92B04"/>
     <w:rsid w:val="00A934A4"/>
     <w:rsid w:val="00A94FED"/>
     <w:rsid w:val="00AA0010"/>
     <w:rsid w:val="00AA0407"/>
     <w:rsid w:val="00AA05D8"/>
     <w:rsid w:val="00AA5C3A"/>
     <w:rsid w:val="00AB2516"/>
     <w:rsid w:val="00AB52C1"/>
     <w:rsid w:val="00AC2669"/>
     <w:rsid w:val="00AC4AC1"/>
     <w:rsid w:val="00AC4CE2"/>
     <w:rsid w:val="00AC510A"/>
     <w:rsid w:val="00AC6ECA"/>
     <w:rsid w:val="00AD0110"/>
     <w:rsid w:val="00AD6B4B"/>
     <w:rsid w:val="00AE6AFE"/>
     <w:rsid w:val="00AF0AF8"/>
     <w:rsid w:val="00AF1239"/>
     <w:rsid w:val="00AF2282"/>
     <w:rsid w:val="00AF6865"/>
     <w:rsid w:val="00AF7D3F"/>
     <w:rsid w:val="00B043C1"/>
+    <w:rsid w:val="00B06306"/>
     <w:rsid w:val="00B066FC"/>
     <w:rsid w:val="00B1234D"/>
     <w:rsid w:val="00B16D34"/>
     <w:rsid w:val="00B22AFE"/>
     <w:rsid w:val="00B235C9"/>
     <w:rsid w:val="00B27007"/>
     <w:rsid w:val="00B31BA6"/>
     <w:rsid w:val="00B33E06"/>
     <w:rsid w:val="00B35783"/>
     <w:rsid w:val="00B3676F"/>
     <w:rsid w:val="00B37015"/>
     <w:rsid w:val="00B4040C"/>
     <w:rsid w:val="00B412FE"/>
     <w:rsid w:val="00B44272"/>
     <w:rsid w:val="00B443BC"/>
     <w:rsid w:val="00B44B26"/>
     <w:rsid w:val="00B571CA"/>
     <w:rsid w:val="00B571F4"/>
     <w:rsid w:val="00B63E46"/>
     <w:rsid w:val="00B6597E"/>
     <w:rsid w:val="00B73E14"/>
     <w:rsid w:val="00B74DC0"/>
     <w:rsid w:val="00B762D5"/>
     <w:rsid w:val="00B76624"/>
     <w:rsid w:val="00B80466"/>
@@ -13670,67 +13781,67 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B03C4272-FE93-4116-B1C3-0891579F8337}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
   <Words>1426</Words>
-  <Characters>8132</Characters>
+  <Characters>8131</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>67</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9539</CharactersWithSpaces>
+  <CharactersWithSpaces>9538</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>