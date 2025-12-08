--- v0 (2025-10-16)
+++ v1 (2025-12-08)
@@ -1924,91 +1924,91 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="56BEC72D" w14:textId="545F4725" w:rsidR="00CD0FB0" w:rsidRPr="001E02FB" w:rsidRDefault="00CD0FB0" w:rsidP="00F85F41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E02FB">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Warranty Period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FEBFE29" w14:textId="73B6E019" w:rsidR="00CD0FB0" w:rsidRDefault="004A1904" w:rsidP="00F85F41">
+    <w:p w14:paraId="6FEBFE29" w14:textId="0421E1CC" w:rsidR="00CD0FB0" w:rsidRDefault="004A1904" w:rsidP="00F85F41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>The m</w:t>
       </w:r>
       <w:r w:rsidR="00CD0FB0">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>anufacturer shall warrant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CD0FB0">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">camera for a period of </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="00690228">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="000743F4">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> years for the repair or replacement of defective equipment</w:t>
       </w:r>
       <w:r w:rsidR="00CD0FB0">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D1E4FF4" w14:textId="5ACC1CC1" w:rsidR="000743F4" w:rsidRPr="001E02FB" w:rsidRDefault="000743F4" w:rsidP="000743F4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
@@ -2235,67 +2235,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Technical support shall be based in North America.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15921510" w14:textId="155F1803" w:rsidR="000743F4" w:rsidRDefault="000743F4" w:rsidP="00F85F41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Technical support shall be via email or toll-free phone number.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="560C106C" w14:textId="401C9C02" w:rsidR="000D3C1A" w:rsidRDefault="000743F4" w:rsidP="00727A7A">
+    <w:p w14:paraId="560C106C" w14:textId="18792762" w:rsidR="000D3C1A" w:rsidRDefault="00FA34CF" w:rsidP="00727A7A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
-[...1 lines deleted...]
-        <w:t>Technical support shall be available weekdays from 6 a.m. to 6 p.m. EST.</w:t>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Technical support shall be available weekdays from 5 a.m. to 5 p.m. PST.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33076F78" w14:textId="77777777" w:rsidR="00EA71EE" w:rsidRPr="00EA71EE" w:rsidRDefault="00EA71EE" w:rsidP="00EA71EE">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1155"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18AC3583" w14:textId="241D2666" w:rsidR="00007755" w:rsidRPr="00994A5F" w:rsidRDefault="000D3C1A" w:rsidP="00477D29">
       <w:pPr>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:b/>
         </w:rPr>
         <w:t>PART</w:t>
       </w:r>
       <w:r w:rsidR="006B5CF3" w:rsidRPr="00477D29">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
@@ -5570,61 +5570,61 @@
       <w:r w:rsidRPr="00495019">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00727A7A" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C66655A" w14:textId="77777777" w:rsidR="00D45B17" w:rsidRDefault="00D45B17" w:rsidP="006C76B9">
+    <w:p w14:paraId="076200DB" w14:textId="77777777" w:rsidR="00945E6B" w:rsidRDefault="00945E6B" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D419ADF" w14:textId="77777777" w:rsidR="00D45B17" w:rsidRDefault="00D45B17" w:rsidP="006C76B9">
+    <w:p w14:paraId="60EBAB97" w14:textId="77777777" w:rsidR="00945E6B" w:rsidRDefault="00945E6B" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5721,156 +5721,164 @@
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat SemiBold">
     <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0D27EC36" w14:textId="748D7B29" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
+  <w:p w14:paraId="0D27EC36" w14:textId="6BB056FC" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00477D29">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="003837DB">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="000F1504">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>255</w:t>
     </w:r>
     <w:r w:rsidR="00565A78" w:rsidRPr="00477D29">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>AA</w:t>
+      <w:t>A</w:t>
+    </w:r>
+    <w:r w:rsidR="00F54BBD">
+      <w:rPr>
+        <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1DBA1D64" w14:textId="78ECEB39" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
+  <w:p w14:paraId="1DBA1D64" w14:textId="16079355" w:rsidR="00591AEE" w:rsidRDefault="008F58F2" w:rsidP="00591AEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="0025270A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="0025270A" w:rsidRPr="0025270A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="000F1504">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>255</w:t>
     </w:r>
     <w:r w:rsidR="00503A27" w:rsidRPr="0025270A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00B16D34" w:rsidRPr="0025270A">
+    <w:r w:rsidR="00F54BBD">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>A</w:t>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="49995A89" w14:textId="77777777" w:rsidR="00D45B17" w:rsidRDefault="00D45B17" w:rsidP="006C76B9">
+    <w:p w14:paraId="6C92DA9C" w14:textId="77777777" w:rsidR="00945E6B" w:rsidRDefault="00945E6B" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11F1546F" w14:textId="77777777" w:rsidR="00D45B17" w:rsidRDefault="00D45B17" w:rsidP="006C76B9">
+    <w:p w14:paraId="2D6312DE" w14:textId="77777777" w:rsidR="00945E6B" w:rsidRDefault="00945E6B" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
@@ -11109,51 +11117,51 @@
   </w:num>
   <w:num w:numId="46" w16cid:durableId="865027466">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="313418475">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1639411846">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1182204721">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="101999623">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="987705200">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="45"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -11505,50 +11513,51 @@
     <w:rsid w:val="005F1483"/>
     <w:rsid w:val="005F25E5"/>
     <w:rsid w:val="005F3B97"/>
     <w:rsid w:val="00603099"/>
     <w:rsid w:val="006051AE"/>
     <w:rsid w:val="00606A32"/>
     <w:rsid w:val="00607199"/>
     <w:rsid w:val="006117B0"/>
     <w:rsid w:val="006130D8"/>
     <w:rsid w:val="00623D97"/>
     <w:rsid w:val="00633C04"/>
     <w:rsid w:val="00641A40"/>
     <w:rsid w:val="00644A1A"/>
     <w:rsid w:val="00645928"/>
     <w:rsid w:val="00654695"/>
     <w:rsid w:val="00656648"/>
     <w:rsid w:val="00662C2A"/>
     <w:rsid w:val="0067018A"/>
     <w:rsid w:val="0067399F"/>
     <w:rsid w:val="00674F44"/>
     <w:rsid w:val="00675EF0"/>
     <w:rsid w:val="00676C62"/>
     <w:rsid w:val="00681498"/>
     <w:rsid w:val="006836D7"/>
     <w:rsid w:val="00683FEB"/>
+    <w:rsid w:val="00690228"/>
     <w:rsid w:val="00695639"/>
     <w:rsid w:val="006A6FB0"/>
     <w:rsid w:val="006B0B27"/>
     <w:rsid w:val="006B1838"/>
     <w:rsid w:val="006B27B2"/>
     <w:rsid w:val="006B2D01"/>
     <w:rsid w:val="006B5CF3"/>
     <w:rsid w:val="006B5DAA"/>
     <w:rsid w:val="006B6829"/>
     <w:rsid w:val="006B7FAC"/>
     <w:rsid w:val="006C07F4"/>
     <w:rsid w:val="006C0EB0"/>
     <w:rsid w:val="006C1CB4"/>
     <w:rsid w:val="006C2E80"/>
     <w:rsid w:val="006C52BC"/>
     <w:rsid w:val="006C76B9"/>
     <w:rsid w:val="006D38AE"/>
     <w:rsid w:val="006D47F7"/>
     <w:rsid w:val="006D50E6"/>
     <w:rsid w:val="006D5801"/>
     <w:rsid w:val="006E3374"/>
     <w:rsid w:val="006E4A8B"/>
     <w:rsid w:val="006E5147"/>
     <w:rsid w:val="006E776F"/>
     <w:rsid w:val="006F0B25"/>
@@ -11653,64 +11662,66 @@
     <w:rsid w:val="008C6ECA"/>
     <w:rsid w:val="008D14BF"/>
     <w:rsid w:val="008D397A"/>
     <w:rsid w:val="008D3F0A"/>
     <w:rsid w:val="008E2A39"/>
     <w:rsid w:val="008E3071"/>
     <w:rsid w:val="008E492D"/>
     <w:rsid w:val="008E4FEA"/>
     <w:rsid w:val="008E710F"/>
     <w:rsid w:val="008F0DA9"/>
     <w:rsid w:val="008F1508"/>
     <w:rsid w:val="008F16ED"/>
     <w:rsid w:val="008F58F2"/>
     <w:rsid w:val="00902213"/>
     <w:rsid w:val="00911475"/>
     <w:rsid w:val="0091265A"/>
     <w:rsid w:val="00912975"/>
     <w:rsid w:val="00912C82"/>
     <w:rsid w:val="009148E3"/>
     <w:rsid w:val="009176C5"/>
     <w:rsid w:val="009178EE"/>
     <w:rsid w:val="00917D38"/>
     <w:rsid w:val="0092104B"/>
     <w:rsid w:val="00922EB9"/>
     <w:rsid w:val="00931FF8"/>
+    <w:rsid w:val="00945E6B"/>
     <w:rsid w:val="00950CFF"/>
     <w:rsid w:val="00955661"/>
     <w:rsid w:val="009569B4"/>
     <w:rsid w:val="009713B5"/>
     <w:rsid w:val="00974509"/>
     <w:rsid w:val="009808F5"/>
     <w:rsid w:val="00982991"/>
     <w:rsid w:val="0098472E"/>
     <w:rsid w:val="00985BBC"/>
     <w:rsid w:val="00986A63"/>
     <w:rsid w:val="00994A5F"/>
     <w:rsid w:val="00995F59"/>
     <w:rsid w:val="009967A4"/>
     <w:rsid w:val="00996B58"/>
+    <w:rsid w:val="00997493"/>
     <w:rsid w:val="009A114D"/>
     <w:rsid w:val="009A2A72"/>
     <w:rsid w:val="009A316E"/>
     <w:rsid w:val="009A6241"/>
     <w:rsid w:val="009A7F76"/>
     <w:rsid w:val="009B07ED"/>
     <w:rsid w:val="009B116A"/>
     <w:rsid w:val="009B13BD"/>
     <w:rsid w:val="009B3927"/>
     <w:rsid w:val="009B5F3B"/>
     <w:rsid w:val="009C2403"/>
     <w:rsid w:val="009C37B7"/>
     <w:rsid w:val="009C723A"/>
     <w:rsid w:val="009D210F"/>
     <w:rsid w:val="009D3B29"/>
     <w:rsid w:val="009D3ED9"/>
     <w:rsid w:val="009E2C88"/>
     <w:rsid w:val="009E4639"/>
     <w:rsid w:val="009E4FBD"/>
     <w:rsid w:val="009F0E41"/>
     <w:rsid w:val="009F3EF1"/>
     <w:rsid w:val="009F5617"/>
     <w:rsid w:val="009F6961"/>
     <w:rsid w:val="009F7023"/>
     <w:rsid w:val="00A02A78"/>
@@ -11808,50 +11819,51 @@
     <w:rsid w:val="00BB016E"/>
     <w:rsid w:val="00BB068E"/>
     <w:rsid w:val="00BB28F9"/>
     <w:rsid w:val="00BB67DA"/>
     <w:rsid w:val="00BB7302"/>
     <w:rsid w:val="00BB7405"/>
     <w:rsid w:val="00BC2432"/>
     <w:rsid w:val="00BC539B"/>
     <w:rsid w:val="00BC553A"/>
     <w:rsid w:val="00BD062F"/>
     <w:rsid w:val="00BD0942"/>
     <w:rsid w:val="00BD757F"/>
     <w:rsid w:val="00BE1900"/>
     <w:rsid w:val="00BF069C"/>
     <w:rsid w:val="00BF1360"/>
     <w:rsid w:val="00BF281B"/>
     <w:rsid w:val="00BF661C"/>
     <w:rsid w:val="00C01136"/>
     <w:rsid w:val="00C053AC"/>
     <w:rsid w:val="00C12979"/>
     <w:rsid w:val="00C13F9A"/>
     <w:rsid w:val="00C143D7"/>
     <w:rsid w:val="00C157FC"/>
     <w:rsid w:val="00C164DE"/>
     <w:rsid w:val="00C207DD"/>
+    <w:rsid w:val="00C24230"/>
     <w:rsid w:val="00C267B2"/>
     <w:rsid w:val="00C31AF8"/>
     <w:rsid w:val="00C34A36"/>
     <w:rsid w:val="00C36288"/>
     <w:rsid w:val="00C36D93"/>
     <w:rsid w:val="00C4291B"/>
     <w:rsid w:val="00C4386B"/>
     <w:rsid w:val="00C44503"/>
     <w:rsid w:val="00C452DE"/>
     <w:rsid w:val="00C45A04"/>
     <w:rsid w:val="00C46328"/>
     <w:rsid w:val="00C509F0"/>
     <w:rsid w:val="00C50CF1"/>
     <w:rsid w:val="00C5257A"/>
     <w:rsid w:val="00C53D0E"/>
     <w:rsid w:val="00C555C3"/>
     <w:rsid w:val="00C55966"/>
     <w:rsid w:val="00C55C6A"/>
     <w:rsid w:val="00C607F0"/>
     <w:rsid w:val="00C631A0"/>
     <w:rsid w:val="00C6498C"/>
     <w:rsid w:val="00C67A6F"/>
     <w:rsid w:val="00C71179"/>
     <w:rsid w:val="00C81CE9"/>
     <w:rsid w:val="00C833E2"/>
@@ -11974,89 +11986,92 @@
     <w:rsid w:val="00EF29D2"/>
     <w:rsid w:val="00EF7853"/>
     <w:rsid w:val="00F00090"/>
     <w:rsid w:val="00F1171C"/>
     <w:rsid w:val="00F1220C"/>
     <w:rsid w:val="00F12ACA"/>
     <w:rsid w:val="00F1521B"/>
     <w:rsid w:val="00F16129"/>
     <w:rsid w:val="00F207D7"/>
     <w:rsid w:val="00F21D5C"/>
     <w:rsid w:val="00F21E4C"/>
     <w:rsid w:val="00F23459"/>
     <w:rsid w:val="00F24A34"/>
     <w:rsid w:val="00F24F9B"/>
     <w:rsid w:val="00F27E4D"/>
     <w:rsid w:val="00F347AC"/>
     <w:rsid w:val="00F35C7C"/>
     <w:rsid w:val="00F36EB6"/>
     <w:rsid w:val="00F411C2"/>
     <w:rsid w:val="00F44BD0"/>
     <w:rsid w:val="00F45639"/>
     <w:rsid w:val="00F4634A"/>
     <w:rsid w:val="00F51A7C"/>
     <w:rsid w:val="00F522A1"/>
     <w:rsid w:val="00F52BF3"/>
+    <w:rsid w:val="00F54BBD"/>
     <w:rsid w:val="00F56BDD"/>
     <w:rsid w:val="00F56DC9"/>
     <w:rsid w:val="00F60868"/>
     <w:rsid w:val="00F61E9F"/>
     <w:rsid w:val="00F62F06"/>
     <w:rsid w:val="00F6301C"/>
     <w:rsid w:val="00F65061"/>
     <w:rsid w:val="00F71670"/>
     <w:rsid w:val="00F74101"/>
     <w:rsid w:val="00F82F6F"/>
     <w:rsid w:val="00F83E8C"/>
     <w:rsid w:val="00F85F41"/>
     <w:rsid w:val="00F86019"/>
     <w:rsid w:val="00F87319"/>
     <w:rsid w:val="00F90C52"/>
     <w:rsid w:val="00FA0821"/>
+    <w:rsid w:val="00FA34CF"/>
     <w:rsid w:val="00FA5977"/>
     <w:rsid w:val="00FA5F67"/>
     <w:rsid w:val="00FA66FD"/>
     <w:rsid w:val="00FB036A"/>
     <w:rsid w:val="00FB0EEE"/>
     <w:rsid w:val="00FB68F3"/>
     <w:rsid w:val="00FB6A1C"/>
     <w:rsid w:val="00FD2EE1"/>
     <w:rsid w:val="00FD5442"/>
     <w:rsid w:val="00FD57AD"/>
     <w:rsid w:val="00FD5DDA"/>
     <w:rsid w:val="00FD6BB2"/>
     <w:rsid w:val="00FD7734"/>
     <w:rsid w:val="00FE2E19"/>
     <w:rsid w:val="00FE33AB"/>
     <w:rsid w:val="00FE41C3"/>
     <w:rsid w:val="00FE5865"/>
     <w:rsid w:val="00FE690E"/>
     <w:rsid w:val="00FE7BC6"/>
     <w:rsid w:val="00FF006B"/>
     <w:rsid w:val="00FF03EB"/>
     <w:rsid w:val="00FF1802"/>
     <w:rsid w:val="00FF6780"/>
+    <w:rsid w:val="00FF7A31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="074E59A0"/>