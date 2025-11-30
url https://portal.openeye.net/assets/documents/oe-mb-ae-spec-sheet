--- v0 (2025-10-24)
+++ v1 (2025-11-30)
@@ -1878,74 +1878,88 @@
     </w:p>
     <w:p w14:paraId="1B0C591F" w14:textId="3A9EEF74" w:rsidR="00A1190E" w:rsidRDefault="00A1190E" w:rsidP="00A1190E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="810"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Warranty Period</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EA87651" w14:textId="52C7C0B2" w:rsidR="00A1190E" w:rsidRDefault="00A1190E" w:rsidP="00A1190E">
+    <w:p w14:paraId="1EA87651" w14:textId="3527CD58" w:rsidR="00A1190E" w:rsidRDefault="00A1190E" w:rsidP="00A1190E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1530"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A1190E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t xml:space="preserve">The manufacturer shall warrant appliance for a period of </w:t>
-[...5 lines deleted...]
-        <w:t>3</w:t>
+        <w:t xml:space="preserve">The manufacturer shall warrant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A1190E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>appliance</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A1190E">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for a period of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC27AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A1190E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> years</w:t>
       </w:r>
       <w:r w:rsidR="00021259">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the 1</w:t>
       </w:r>
       <w:r w:rsidR="00021259" w:rsidRPr="00021259">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidR="00021259">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> year including advance replacement service</w:t>
@@ -2157,69 +2171,69 @@
         </w:rPr>
         <w:t>Technical support shall be based in North America</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205F6772" w14:textId="34262876" w:rsidR="00021259" w:rsidRPr="00021259" w:rsidRDefault="00021259" w:rsidP="00021259">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Technical support shall be via email or toll-free phone number.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72826635" w14:textId="5D3405FE" w:rsidR="00021259" w:rsidRDefault="00021259" w:rsidP="00021259">
+    <w:p w14:paraId="72826635" w14:textId="3E3E68C4" w:rsidR="00021259" w:rsidRDefault="00C80E1C" w:rsidP="00021259">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
-[...1 lines deleted...]
-        <w:t>Technical support shall be available weekdays from 6 a.m. to 6 p.m. EST.</w:t>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Technical support shall be available weekdays from 5 a.m. to 5 p.m. PST.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FA59C55" w14:textId="715397D2" w:rsidR="00007755" w:rsidRPr="00970686" w:rsidRDefault="009407E3" w:rsidP="00994A5F">
       <w:pPr>
         <w:pStyle w:val="Part"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PART</w:t>
       </w:r>
       <w:r w:rsidR="006B5CF3" w:rsidRPr="00970686">
         <w:rPr>
@@ -2998,88 +3012,96 @@
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Video in live or search view shall have selectable digital zoom.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67DBAEE4" w14:textId="6E91C3CE" w:rsidR="00FE2BCC" w:rsidRPr="00441E78" w:rsidRDefault="00FE2BCC" w:rsidP="00923D5A">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Appliance shall have the ability to backup important video to an external cloud-managed location, or a USB device. The appliance must not stop recording during the backup process.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4786115B" w14:textId="3028D70E" w:rsidR="00441E78" w:rsidRPr="00CC6B5A" w:rsidRDefault="00441E78" w:rsidP="00923D5A">
+    <w:p w14:paraId="4786115B" w14:textId="0284F691" w:rsidR="00441E78" w:rsidRPr="00CC6B5A" w:rsidRDefault="00BC27AD" w:rsidP="00923D5A">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>Appliance shall be capable of performing video analytics for the detection of persons and vehicles along with generating supporting attribute, bounding box, and sub-region metadata, stored with recorded video and transmitted to a central cloud database. Appliance analytic settings must be customizable with ability to create multiple analytic areas and independently adjust sensitivity or other parameters.</w:t>
+        <w:t>Appliance shall be capable of performing video analytics for the detection of persons and vehicles, generating bounding boxes, and sub-region metadata, stored with recorded video and transmitted to a central cloud database. Appliance analytic settings must be customizable with ability to create multiple analytic areas and independently adjust sensitivity or other parameters.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01D68A72" w14:textId="4F3D2098" w:rsidR="00CC6B5A" w:rsidRPr="00A62AD2" w:rsidRDefault="00CC6B5A" w:rsidP="00923D5A">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>Appliance shall support analytics to include motion detection, person detection, vehicle detection, line crossing, and loitering and intrusion detection.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Appliance</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall support analytics to include motion detection, person detection, vehicle detection, line crossing, and loitering and intrusion detection.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E1F58E3" w14:textId="7A1F1F04" w:rsidR="00A62AD2" w:rsidRPr="00A777B4" w:rsidRDefault="00A62AD2" w:rsidP="00923D5A">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Appliance shall support searching of recorded video from motion events, analytic events, sensor events, date/time, and thumbnail images.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69B6BDC6" w14:textId="2E993E8D" w:rsidR="00923D5A" w:rsidRPr="00A25B02" w:rsidRDefault="00441E78" w:rsidP="00A25B02">
       <w:pPr>
         <w:pStyle w:val="Default"/>
@@ -3167,51 +3189,50 @@
         </w:rPr>
         <w:t>supports TCP/IP and DHCP protocol.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="229B398F" w14:textId="7B6FC9B6" w:rsidR="00923D5A" w:rsidRDefault="00266C6A" w:rsidP="00A25B02">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1512"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00A25B02" w:rsidRPr="00A25B02">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ppliance </w:t>
       </w:r>
       <w:r w:rsidR="00923D5A" w:rsidRPr="00A25B02">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>support</w:t>
@@ -3256,50 +3277,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> set from within the GUI of the IP cameras.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0082227F" w14:textId="7ECC6346" w:rsidR="00521205" w:rsidRPr="007A2196" w:rsidRDefault="00521205" w:rsidP="00A25B02">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1512"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2196">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Operation of the appliance shall be facilitated </w:t>
       </w:r>
       <w:r w:rsidR="007F1176" w:rsidRPr="007A2196">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>using</w:t>
       </w:r>
       <w:r w:rsidRPr="007A2196">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a web browser that can be Google Chrome, Apple Safari, Opera, Mozilla Firefox, or Edge.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="420DC368" w14:textId="4130AC90" w:rsidR="000D0ACB" w:rsidRDefault="009132DA" w:rsidP="000D0ACB">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
@@ -4103,91 +4125,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Outputs: 1 x HDMI, 1 x VGA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="611A18B7" w14:textId="77777777" w:rsidR="008504DD" w:rsidRDefault="008504DD" w:rsidP="008504DD">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Supported Video Input:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41330B82" w14:textId="77777777" w:rsidR="008504DD" w:rsidRDefault="008504DD" w:rsidP="008504DD">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>HD-TVI: 8MP, 5MP, 4MP, 3MP, 2MP, 1MP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E4D61B3" w14:textId="77777777" w:rsidR="008504DD" w:rsidRDefault="008504DD" w:rsidP="008504DD">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>AHD: 5MP, 4MP, 2MP, 1MP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59AA0A4F" w14:textId="77777777" w:rsidR="008504DD" w:rsidRDefault="008504DD" w:rsidP="008504DD">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>HD-CVI: 4MP, 2MP, 1MP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B5A6352" w14:textId="77777777" w:rsidR="008504DD" w:rsidRDefault="008504DD" w:rsidP="008504DD">
       <w:pPr>
@@ -4660,51 +4682,50 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Mobile Devices: iOS, Android</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5356B55C" w14:textId="69E0CF35" w:rsidR="00CE641B" w:rsidRDefault="00CE641B" w:rsidP="00CE641B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Onboard Storage: </w:t>
       </w:r>
       <w:r w:rsidR="00A86CA6">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="007F1176">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00A86CA6">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>TB</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C876875" w14:textId="3350CD37" w:rsidR="004C53CA" w:rsidRPr="00CE641B" w:rsidRDefault="00CE641B" w:rsidP="00CE641B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -4713,50 +4734,51 @@
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>External Storage: N/A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CD5B9E8" w14:textId="77777777" w:rsidR="008811D0" w:rsidRPr="00495019" w:rsidRDefault="008811D0" w:rsidP="008811D0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495019">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>PART 3 EXECUTION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E49E2A1" w14:textId="77777777" w:rsidR="008811D0" w:rsidRPr="00495019" w:rsidRDefault="008811D0" w:rsidP="008811D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3388232A" w14:textId="77777777" w:rsidR="008811D0" w:rsidRPr="00495019" w:rsidRDefault="008811D0" w:rsidP="008811D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
@@ -5226,51 +5248,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Perform final inspection to validate and ensure proper functioning of device.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="140444A7" w14:textId="77777777" w:rsidR="008811D0" w:rsidRPr="00EA71EE" w:rsidRDefault="008811D0" w:rsidP="008811D0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02CA80CE" w14:textId="77777777" w:rsidR="008811D0" w:rsidRPr="00495019" w:rsidRDefault="008811D0" w:rsidP="008811D0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495019">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">- END OF SECTION - </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DBC12EA" w14:textId="77777777" w:rsidR="008811D0" w:rsidRPr="00727A7A" w:rsidRDefault="008811D0" w:rsidP="008811D0">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495019">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="144861D1" w14:textId="19688E2C" w:rsidR="008823D9" w:rsidRPr="00125DC5" w:rsidRDefault="00C833E2" w:rsidP="00125DC5">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:r w:rsidRPr="00557599">
@@ -5279,61 +5300,61 @@
       <w:r w:rsidRPr="00557599">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00557599">
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00125DC5" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69D9F23D" w14:textId="77777777" w:rsidR="009E09FC" w:rsidRDefault="009E09FC" w:rsidP="006C76B9">
+    <w:p w14:paraId="10E97562" w14:textId="77777777" w:rsidR="00A82A7C" w:rsidRDefault="00A82A7C" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B838BC3" w14:textId="77777777" w:rsidR="009E09FC" w:rsidRDefault="009E09FC" w:rsidP="006C76B9">
+    <w:p w14:paraId="71AAAD36" w14:textId="77777777" w:rsidR="00A82A7C" w:rsidRDefault="00A82A7C" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -5368,174 +5389,174 @@
   <w:font w:name="Helvetica 45 Light">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat SemiBold">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2F203C2A" w14:textId="1A8BD21E" w:rsidR="00E25E46" w:rsidRPr="00970686" w:rsidRDefault="00970E2D" w:rsidP="00E25E46">
+  <w:p w14:paraId="2F203C2A" w14:textId="7213CAC4" w:rsidR="00E25E46" w:rsidRPr="00970686" w:rsidRDefault="00970E2D" w:rsidP="00E25E46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00970686">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00F42EC1">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="00FF7AC2">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>281</w:t>
     </w:r>
     <w:r w:rsidR="006A4DED">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00F42EC1">
+    <w:r w:rsidR="00250988">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>A</w:t>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="083BD40A" w14:textId="0F0331D4" w:rsidR="00E25E46" w:rsidRPr="00970686" w:rsidRDefault="00274D95" w:rsidP="00E25E46">
+  <w:p w14:paraId="083BD40A" w14:textId="61E8EC2B" w:rsidR="00E25E46" w:rsidRPr="00970686" w:rsidRDefault="00274D95" w:rsidP="00E25E46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00970686">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00F42EC1">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="00FF7AC2">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>281</w:t>
     </w:r>
     <w:r w:rsidRPr="00970686">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00F42EC1">
+    <w:r w:rsidR="00250988">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>A</w:t>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31145629" w14:textId="77777777" w:rsidR="009E09FC" w:rsidRDefault="009E09FC" w:rsidP="006C76B9">
+    <w:p w14:paraId="0A7540D0" w14:textId="77777777" w:rsidR="00A82A7C" w:rsidRDefault="00A82A7C" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="799A8592" w14:textId="77777777" w:rsidR="009E09FC" w:rsidRDefault="009E09FC" w:rsidP="006C76B9">
+    <w:p w14:paraId="03537537" w14:textId="77777777" w:rsidR="00A82A7C" w:rsidRDefault="00A82A7C" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
       </w:rPr>
@@ -10696,50 +10717,51 @@
     <w:rsid w:val="001D0F70"/>
     <w:rsid w:val="001D224A"/>
     <w:rsid w:val="001E68D6"/>
     <w:rsid w:val="001F248D"/>
     <w:rsid w:val="001F6A5C"/>
     <w:rsid w:val="001F6FDA"/>
     <w:rsid w:val="001F7C39"/>
     <w:rsid w:val="0020113E"/>
     <w:rsid w:val="00202A2F"/>
     <w:rsid w:val="00203C88"/>
     <w:rsid w:val="00203E0D"/>
     <w:rsid w:val="00210558"/>
     <w:rsid w:val="00211147"/>
     <w:rsid w:val="00214538"/>
     <w:rsid w:val="00216C44"/>
     <w:rsid w:val="00216E57"/>
     <w:rsid w:val="002230F6"/>
     <w:rsid w:val="00225E9E"/>
     <w:rsid w:val="00226F97"/>
     <w:rsid w:val="00227EAF"/>
     <w:rsid w:val="00232476"/>
     <w:rsid w:val="00234209"/>
     <w:rsid w:val="00234673"/>
     <w:rsid w:val="00237490"/>
     <w:rsid w:val="00244D12"/>
+    <w:rsid w:val="00250988"/>
     <w:rsid w:val="00254FA3"/>
     <w:rsid w:val="00256946"/>
     <w:rsid w:val="00261FCD"/>
     <w:rsid w:val="002622B6"/>
     <w:rsid w:val="00262816"/>
     <w:rsid w:val="00263030"/>
     <w:rsid w:val="002636DD"/>
     <w:rsid w:val="00263E04"/>
     <w:rsid w:val="00264910"/>
     <w:rsid w:val="00266C6A"/>
     <w:rsid w:val="002711E1"/>
     <w:rsid w:val="00274212"/>
     <w:rsid w:val="00274D95"/>
     <w:rsid w:val="002752D3"/>
     <w:rsid w:val="00275F18"/>
     <w:rsid w:val="00280AF1"/>
     <w:rsid w:val="00282087"/>
     <w:rsid w:val="002827E0"/>
     <w:rsid w:val="00282C23"/>
     <w:rsid w:val="00283029"/>
     <w:rsid w:val="00286CD2"/>
     <w:rsid w:val="00290C09"/>
     <w:rsid w:val="0029102A"/>
     <w:rsid w:val="00291343"/>
     <w:rsid w:val="00291A4B"/>
@@ -11022,50 +11044,51 @@
     <w:rsid w:val="0079641E"/>
     <w:rsid w:val="007A0433"/>
     <w:rsid w:val="007A04AE"/>
     <w:rsid w:val="007A2196"/>
     <w:rsid w:val="007A2699"/>
     <w:rsid w:val="007A531A"/>
     <w:rsid w:val="007B271B"/>
     <w:rsid w:val="007B53B4"/>
     <w:rsid w:val="007C160E"/>
     <w:rsid w:val="007C19BE"/>
     <w:rsid w:val="007C400A"/>
     <w:rsid w:val="007D0AB9"/>
     <w:rsid w:val="007D1C51"/>
     <w:rsid w:val="007D25CE"/>
     <w:rsid w:val="007D4E29"/>
     <w:rsid w:val="007D55D3"/>
     <w:rsid w:val="007D563E"/>
     <w:rsid w:val="007D7C0D"/>
     <w:rsid w:val="007E09A3"/>
     <w:rsid w:val="007E3F3D"/>
     <w:rsid w:val="007E478C"/>
     <w:rsid w:val="007E4CC1"/>
     <w:rsid w:val="007F104F"/>
     <w:rsid w:val="007F1176"/>
     <w:rsid w:val="007F27C1"/>
+    <w:rsid w:val="007F37E4"/>
     <w:rsid w:val="007F52E1"/>
     <w:rsid w:val="007F668A"/>
     <w:rsid w:val="00801A0C"/>
     <w:rsid w:val="00802D62"/>
     <w:rsid w:val="00803587"/>
     <w:rsid w:val="00803E37"/>
     <w:rsid w:val="0081118E"/>
     <w:rsid w:val="00813EED"/>
     <w:rsid w:val="0082269D"/>
     <w:rsid w:val="00822A7D"/>
     <w:rsid w:val="00822FF8"/>
     <w:rsid w:val="00825043"/>
     <w:rsid w:val="00827485"/>
     <w:rsid w:val="008342FF"/>
     <w:rsid w:val="00836F1A"/>
     <w:rsid w:val="0083749D"/>
     <w:rsid w:val="00841169"/>
     <w:rsid w:val="008422AE"/>
     <w:rsid w:val="00843621"/>
     <w:rsid w:val="00845EE2"/>
     <w:rsid w:val="008504DD"/>
     <w:rsid w:val="00854355"/>
     <w:rsid w:val="008548D7"/>
     <w:rsid w:val="00855887"/>
     <w:rsid w:val="008605CF"/>
@@ -11117,99 +11140,102 @@
     <w:rsid w:val="00923D5A"/>
     <w:rsid w:val="00931FF8"/>
     <w:rsid w:val="0093234B"/>
     <w:rsid w:val="0093277C"/>
     <w:rsid w:val="00935041"/>
     <w:rsid w:val="009407E3"/>
     <w:rsid w:val="00950CFF"/>
     <w:rsid w:val="00960018"/>
     <w:rsid w:val="00970686"/>
     <w:rsid w:val="00970E2D"/>
     <w:rsid w:val="009710FE"/>
     <w:rsid w:val="009713B5"/>
     <w:rsid w:val="00971A8F"/>
     <w:rsid w:val="00974509"/>
     <w:rsid w:val="00977771"/>
     <w:rsid w:val="0098001F"/>
     <w:rsid w:val="0098256B"/>
     <w:rsid w:val="0098472E"/>
     <w:rsid w:val="00985BBC"/>
     <w:rsid w:val="00986A63"/>
     <w:rsid w:val="009926BD"/>
     <w:rsid w:val="00994A5F"/>
     <w:rsid w:val="00995F59"/>
     <w:rsid w:val="009967A4"/>
     <w:rsid w:val="00996B58"/>
+    <w:rsid w:val="00997493"/>
     <w:rsid w:val="009A2A72"/>
     <w:rsid w:val="009A316E"/>
     <w:rsid w:val="009A6241"/>
     <w:rsid w:val="009A7F76"/>
     <w:rsid w:val="009B13BD"/>
     <w:rsid w:val="009B3057"/>
     <w:rsid w:val="009B3927"/>
     <w:rsid w:val="009B5F3B"/>
     <w:rsid w:val="009C37B7"/>
     <w:rsid w:val="009C723A"/>
     <w:rsid w:val="009D210F"/>
     <w:rsid w:val="009D3ED9"/>
     <w:rsid w:val="009E09FC"/>
     <w:rsid w:val="009E2911"/>
     <w:rsid w:val="009E2C88"/>
     <w:rsid w:val="009E4639"/>
     <w:rsid w:val="009E4FBD"/>
     <w:rsid w:val="009F5617"/>
     <w:rsid w:val="009F6961"/>
     <w:rsid w:val="009F7023"/>
     <w:rsid w:val="00A02A78"/>
     <w:rsid w:val="00A038C8"/>
     <w:rsid w:val="00A03FB2"/>
     <w:rsid w:val="00A05F3F"/>
     <w:rsid w:val="00A1190E"/>
     <w:rsid w:val="00A170E0"/>
     <w:rsid w:val="00A23938"/>
     <w:rsid w:val="00A24ABF"/>
     <w:rsid w:val="00A24BE4"/>
     <w:rsid w:val="00A25B02"/>
     <w:rsid w:val="00A26222"/>
     <w:rsid w:val="00A33067"/>
     <w:rsid w:val="00A345EB"/>
     <w:rsid w:val="00A374BE"/>
     <w:rsid w:val="00A40CE9"/>
     <w:rsid w:val="00A43164"/>
     <w:rsid w:val="00A43D68"/>
     <w:rsid w:val="00A46FEE"/>
+    <w:rsid w:val="00A53331"/>
     <w:rsid w:val="00A540FF"/>
     <w:rsid w:val="00A62AD2"/>
     <w:rsid w:val="00A6458B"/>
     <w:rsid w:val="00A66A37"/>
     <w:rsid w:val="00A66C0D"/>
     <w:rsid w:val="00A728FD"/>
     <w:rsid w:val="00A753E0"/>
     <w:rsid w:val="00A75E91"/>
     <w:rsid w:val="00A76CD4"/>
     <w:rsid w:val="00A76D79"/>
     <w:rsid w:val="00A777B4"/>
+    <w:rsid w:val="00A82A7C"/>
     <w:rsid w:val="00A8351D"/>
     <w:rsid w:val="00A84990"/>
     <w:rsid w:val="00A84EB2"/>
     <w:rsid w:val="00A86CA6"/>
     <w:rsid w:val="00A916BB"/>
     <w:rsid w:val="00A92B04"/>
     <w:rsid w:val="00A934A4"/>
     <w:rsid w:val="00A9424E"/>
     <w:rsid w:val="00AA0010"/>
     <w:rsid w:val="00AA0407"/>
     <w:rsid w:val="00AA05D8"/>
     <w:rsid w:val="00AA5C3A"/>
     <w:rsid w:val="00AB2516"/>
     <w:rsid w:val="00AC4AC1"/>
     <w:rsid w:val="00AC510A"/>
     <w:rsid w:val="00AC5E5D"/>
     <w:rsid w:val="00AD0110"/>
     <w:rsid w:val="00AD6B4B"/>
     <w:rsid w:val="00AE593D"/>
     <w:rsid w:val="00AE5FC0"/>
     <w:rsid w:val="00AE6AFE"/>
     <w:rsid w:val="00AE7A6E"/>
     <w:rsid w:val="00AF0AF8"/>
     <w:rsid w:val="00AF1239"/>
     <w:rsid w:val="00AF2282"/>
@@ -11238,83 +11264,86 @@
     <w:rsid w:val="00B571F4"/>
     <w:rsid w:val="00B61E59"/>
     <w:rsid w:val="00B63E46"/>
     <w:rsid w:val="00B6597E"/>
     <w:rsid w:val="00B70F31"/>
     <w:rsid w:val="00B74DC0"/>
     <w:rsid w:val="00B762D5"/>
     <w:rsid w:val="00B80466"/>
     <w:rsid w:val="00B84582"/>
     <w:rsid w:val="00B86970"/>
     <w:rsid w:val="00B8708B"/>
     <w:rsid w:val="00B87FCB"/>
     <w:rsid w:val="00B927D4"/>
     <w:rsid w:val="00B96415"/>
     <w:rsid w:val="00B968AA"/>
     <w:rsid w:val="00BA150B"/>
     <w:rsid w:val="00BA2A1C"/>
     <w:rsid w:val="00BA3468"/>
     <w:rsid w:val="00BB016E"/>
     <w:rsid w:val="00BB021D"/>
     <w:rsid w:val="00BB28F9"/>
     <w:rsid w:val="00BB67DA"/>
     <w:rsid w:val="00BB7302"/>
     <w:rsid w:val="00BB7405"/>
     <w:rsid w:val="00BC2432"/>
+    <w:rsid w:val="00BC27AD"/>
+    <w:rsid w:val="00BC2893"/>
     <w:rsid w:val="00BC539B"/>
     <w:rsid w:val="00BC553A"/>
     <w:rsid w:val="00BD062F"/>
     <w:rsid w:val="00BD0942"/>
     <w:rsid w:val="00BD757F"/>
     <w:rsid w:val="00BE1900"/>
     <w:rsid w:val="00BF069C"/>
     <w:rsid w:val="00BF148B"/>
     <w:rsid w:val="00BF661C"/>
     <w:rsid w:val="00C01136"/>
     <w:rsid w:val="00C033E3"/>
     <w:rsid w:val="00C053AC"/>
     <w:rsid w:val="00C143D7"/>
     <w:rsid w:val="00C157FC"/>
     <w:rsid w:val="00C267B2"/>
     <w:rsid w:val="00C31AF8"/>
     <w:rsid w:val="00C32D7E"/>
     <w:rsid w:val="00C34A36"/>
     <w:rsid w:val="00C35782"/>
     <w:rsid w:val="00C406A1"/>
     <w:rsid w:val="00C42078"/>
     <w:rsid w:val="00C4291B"/>
     <w:rsid w:val="00C4386B"/>
     <w:rsid w:val="00C46215"/>
     <w:rsid w:val="00C46328"/>
     <w:rsid w:val="00C509F0"/>
     <w:rsid w:val="00C5257A"/>
     <w:rsid w:val="00C555C3"/>
     <w:rsid w:val="00C55966"/>
     <w:rsid w:val="00C55C6A"/>
     <w:rsid w:val="00C57F0E"/>
     <w:rsid w:val="00C607F0"/>
     <w:rsid w:val="00C631A0"/>
+    <w:rsid w:val="00C80E1C"/>
     <w:rsid w:val="00C8195D"/>
     <w:rsid w:val="00C81CE9"/>
     <w:rsid w:val="00C833E2"/>
     <w:rsid w:val="00C92C38"/>
     <w:rsid w:val="00C95AB1"/>
     <w:rsid w:val="00C964F2"/>
     <w:rsid w:val="00CA0F61"/>
     <w:rsid w:val="00CB0BA5"/>
     <w:rsid w:val="00CB2F4B"/>
     <w:rsid w:val="00CC0C35"/>
     <w:rsid w:val="00CC289B"/>
     <w:rsid w:val="00CC2CB3"/>
     <w:rsid w:val="00CC39CA"/>
     <w:rsid w:val="00CC5D73"/>
     <w:rsid w:val="00CC69B3"/>
     <w:rsid w:val="00CC6B5A"/>
     <w:rsid w:val="00CC74A5"/>
     <w:rsid w:val="00CC7F2C"/>
     <w:rsid w:val="00CD1260"/>
     <w:rsid w:val="00CD32AD"/>
     <w:rsid w:val="00CD6588"/>
     <w:rsid w:val="00CE0E71"/>
     <w:rsid w:val="00CE641B"/>
     <w:rsid w:val="00CF241D"/>
     <w:rsid w:val="00D001AC"/>
@@ -12750,69 +12779,69 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C961BED6-E150-4C74-A65F-B6F14B6983AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>7709</Characters>
+  <Pages>8</Pages>
+  <Words>1389</Words>
+  <Characters>7642</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>246</Lines>
+  <Paragraphs>200</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9043</CharactersWithSpaces>
+  <CharactersWithSpaces>8831</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>