--- v0 (2025-10-01)
+++ v1 (2026-01-07)
@@ -123,186 +123,193 @@
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>APPLIANCE</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00406554" w:rsidRPr="00BA6F09">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
             <w:color w:val="4F81BD" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>www.openeye.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3495A4A0" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00BA6F09" w:rsidRDefault="006B5CF3" w:rsidP="006B5CF3">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
+    <w:p w14:paraId="009AB0A3" w14:textId="77777777" w:rsidR="002234D1" w:rsidRDefault="002234D1" w:rsidP="002234D1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DIVISION 28 - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ELECTRONIC SAFETY AND SECURITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49770C32" w14:textId="77777777" w:rsidR="002234D1" w:rsidRDefault="002234D1" w:rsidP="002234D1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 00 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771BAFBB" w14:textId="77777777" w:rsidR="002234D1" w:rsidRDefault="002234D1" w:rsidP="002234D1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 20 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Video Surveillance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C318EDE" w14:textId="77777777" w:rsidR="002234D1" w:rsidRDefault="002234D1" w:rsidP="002234D1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 05 19 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Storage Appliances for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F42043C" w14:textId="7DBC58E0" w:rsidR="006B5CF3" w:rsidRPr="002234D1" w:rsidRDefault="002234D1" w:rsidP="002234D1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...99 lines deleted...]
-        <w:t>28 23 29 Video Surveillance Remote Devices and Sensors</w:t>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 23 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Video Management System</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A97200" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00BA6F09" w:rsidRDefault="006B5CF3" w:rsidP="006B5CF3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:b/>
         </w:rPr>
         <w:t>PART 1 GENERAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59873BBF" w14:textId="77777777" w:rsidR="00D041D6" w:rsidRPr="00D041D6" w:rsidRDefault="00D041D6" w:rsidP="00D041D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
@@ -411,242 +418,193 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Network Video Management Software</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FDB235A" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00BA6F09" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1515"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34E7E47A" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00BA6F09" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+    <w:p w14:paraId="34E7E47A" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Online Web Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F34D950" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00BA6F09" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
+    <w:p w14:paraId="6F9FE827" w14:textId="77777777" w:rsidR="002234D1" w:rsidRPr="002234D1" w:rsidRDefault="002234D1" w:rsidP="002234D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="795"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6981A65B" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00BA6F09" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44E0656D" w14:textId="7393DAC0" w:rsidR="002234D1" w:rsidRPr="00BA6F09" w:rsidRDefault="002234D1" w:rsidP="002234D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="4C8C7456" w14:textId="77777777" w:rsidR="00557599" w:rsidRPr="00BA6F09" w:rsidRDefault="00557599" w:rsidP="00390821">
+        <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="792"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002234D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:eastAsia="Times New Roman" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Related Requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB9545D" w14:textId="77777777" w:rsidR="002234D1" w:rsidRPr="002234D1" w:rsidRDefault="002234D1" w:rsidP="002234D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...25 lines deleted...]
-    <w:p w14:paraId="1D3D55FC" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00BA6F09" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+        <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="1512"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002234D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>28 05 00 Common Work Results for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE64813" w14:textId="77777777" w:rsidR="002234D1" w:rsidRPr="002234D1" w:rsidRDefault="002234D1" w:rsidP="002234D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="242BF660" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00BA6F09" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+        <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002234D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>28 05 25 Cloud Based Storage for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29680E5E" w14:textId="77777777" w:rsidR="002234D1" w:rsidRPr="002234D1" w:rsidRDefault="002234D1" w:rsidP="002234D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="63175BA9" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00BA6F09" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+        <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002234D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>28 05 19.11 Digital Video Recorders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17FC0398" w14:textId="77777777" w:rsidR="002234D1" w:rsidRPr="002234D1" w:rsidRDefault="002234D1" w:rsidP="002234D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="164F5722" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00BA6F09" w:rsidRDefault="006B5CF3" w:rsidP="009E2C88">
+        <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002234D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>28 05 19.15 Network Video Recorders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34AC075C" w14:textId="58F29DE3" w:rsidR="002234D1" w:rsidRPr="002234D1" w:rsidRDefault="002234D1" w:rsidP="002234D1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002234D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>28 23 13 Video Management System Interfaces</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="142951C1" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00BA6F09" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>SUBMITTALS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10320673" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00BA6F09" w:rsidRDefault="004966EA" w:rsidP="004966EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="666"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
@@ -685,50 +643,51 @@
     </w:p>
     <w:p w14:paraId="0586FF67" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00BA6F09" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="795"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2700C1ED" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00BA6F09" w:rsidRDefault="004966EA" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Manufacturer’s </w:t>
       </w:r>
       <w:r w:rsidR="006B5CF3" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>installation and operations manuals in digital or printed form</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="631C5AB7" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00BA6F09" w:rsidRDefault="004966EA" w:rsidP="004966EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="795"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51D11278" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00BA6F09" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
@@ -923,137 +882,156 @@
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">WARRANTY &amp; </w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>SUPPORT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20F6F1F7" w14:textId="77777777" w:rsidR="004235F0" w:rsidRPr="00BA6F09" w:rsidRDefault="004235F0" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="666"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CAD5943" w14:textId="3A5040E3" w:rsidR="000E68A7" w:rsidRPr="00BA6F09" w:rsidRDefault="007438C7" w:rsidP="004235F0">
+    <w:p w14:paraId="3CAD5943" w14:textId="3955AB27" w:rsidR="000E68A7" w:rsidRPr="00BA6F09" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>The Network Video Recorder</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall come with a minimum </w:t>
       </w:r>
+      <w:r w:rsidR="001552EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidR="00E06C13" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>3-year</w:t>
+        <w:t>-year</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> manufacturer’s warranty with the 1st year including advance replacement service.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61463295" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00BA6F09" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Network Video Recorder </w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>shall come with a heroic customer service support structure, including a 1-888 number for technical service, pre and post sales assistance, and full access to online technical support as well as online sales support.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D0F76C3" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00BA6F09" w:rsidRDefault="000E68A7" w:rsidP="004235F0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Paragraph"/>
+    <w:p w14:paraId="5D0F76C3" w14:textId="52CA63D6" w:rsidR="000E68A7" w:rsidRDefault="001552EA" w:rsidP="001552EA">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:rPr>
-[...12 lines deleted...]
-      </w:r>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Technical support shall be available weekdays from 5 a.m. to 5 p.m. PST.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DEA3D54" w14:textId="77777777" w:rsidR="006D0395" w:rsidRPr="001552EA" w:rsidRDefault="006D0395" w:rsidP="006D0395">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="435"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="354C019D" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00BA6F09" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>System</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
@@ -1275,50 +1253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>STANDARDS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4675909B" w14:textId="77777777" w:rsidR="00406554" w:rsidRPr="00BA6F09" w:rsidRDefault="005B206A" w:rsidP="00994A5F">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00006920" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Network Video</w:t>
       </w:r>
       <w:r w:rsidR="00827485" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2048,68 +2027,66 @@
       </w:r>
       <w:r w:rsidR="004D3B1D" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00F96C61" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00410673" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004D3B1D" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00F96C61" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AC</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="67AD497E" w14:textId="459BD35B" w:rsidR="009F6961" w:rsidRPr="00BA6F09" w:rsidRDefault="0052069A" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Max P</w:t>
       </w:r>
       <w:r w:rsidR="009F6961" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
@@ -2222,51 +2199,50 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">PoE Power Consumption: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DE9470E" w14:textId="11444960" w:rsidR="0052069A" w:rsidRPr="00BA6F09" w:rsidRDefault="00F4770E" w:rsidP="00756690">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">8 Channel: </w:t>
       </w:r>
       <w:r w:rsidR="0052069A" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="0052069A" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>0W</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DCC1890" w14:textId="386FD902" w:rsidR="00E362EB" w:rsidRPr="00BA6F09" w:rsidRDefault="00F4770E" w:rsidP="00BA6F09">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
@@ -2348,120 +2324,100 @@
         </w:rPr>
         <w:t>Network Video Recorder</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall have </w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00D60523" w:rsidRPr="00D60523">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">UL / </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> / RMC / CE / FCC / Dictamen</w:t>
+        <w:t>UL / cUL / RMC / CE / FCC / Dictamen</w:t>
       </w:r>
       <w:r w:rsidR="00D60523">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>certifications clearly marked on the product and box label.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B6A0306" w14:textId="77777777" w:rsidR="00F4770E" w:rsidRPr="00BA6F09" w:rsidRDefault="00237490" w:rsidP="00756690">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Dimensions</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="111A8177" w14:textId="7661DF6B" w:rsidR="00F4770E" w:rsidRPr="00BA6F09" w:rsidRDefault="00F4770E" w:rsidP="00756690">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
@@ -2577,50 +2533,51 @@
       </w:r>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A34C52B" w14:textId="31F38A65" w:rsidR="00F4770E" w:rsidRPr="00BA6F09" w:rsidRDefault="00F4770E" w:rsidP="00F4770E">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>16 Channel: W: 11.8” x H: 1.7” x D: 11” (300 x 44 x 280mm)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EB11545" w14:textId="77777777" w:rsidR="0054756C" w:rsidRPr="00BA6F09" w:rsidRDefault="008677F2" w:rsidP="00756690">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Weight</w:t>
       </w:r>
@@ -2633,115 +2590,91 @@
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05EFC511" w14:textId="364A796C" w:rsidR="00544DDD" w:rsidRPr="00BA6F09" w:rsidRDefault="0054756C" w:rsidP="00756690">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8 Channel: 3.5 </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F63294" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>lbs</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>lbs (</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.59</w:t>
       </w:r>
       <w:r w:rsidR="00F63294" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>kg)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6220F169" w14:textId="1CE1F915" w:rsidR="0054756C" w:rsidRPr="00BA6F09" w:rsidRDefault="0054756C" w:rsidP="0054756C">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t xml:space="preserve">16 Channel: 5 </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (2.27kg)</w:t>
+        <w:t>16 Channel: 5 lbs (2.27kg)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A67DC0A" w14:textId="241D5FA4" w:rsidR="00406554" w:rsidRPr="00BA6F09" w:rsidRDefault="00406554" w:rsidP="00B1234D">
       <w:pPr>
         <w:pStyle w:val="Article"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OPERATIONAL REQUIREMENTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D7154AE" w14:textId="166E412F" w:rsidR="001406B1" w:rsidRPr="00BA6F09" w:rsidRDefault="008A3E6C" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
@@ -3238,51 +3171,50 @@
         <w:t>Be capable of recording up to 30 IPS on a single channel in an environment where all channels are being utilized.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A1FF68" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00BA6F09" w:rsidRDefault="001406B1" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The NVR sh</w:t>
       </w:r>
       <w:r w:rsidR="006C5EF0" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>all come standard with an eMMC Solid State Drive</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BCFEC8F" w14:textId="37153271" w:rsidR="001406B1" w:rsidRPr="00BA6F09" w:rsidRDefault="006C5EF0" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
@@ -3387,50 +3319,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="15D96E42" w14:textId="77777777" w:rsidR="001C5BEE" w:rsidRPr="00BA6F09" w:rsidRDefault="001C5BEE" w:rsidP="00756690">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="001406B1" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.0 Terabytes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5167A9B3" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00BA6F09" w:rsidRDefault="001C5BEE" w:rsidP="00756690">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
@@ -4043,98 +3976,97 @@
         <w:t>he ability to easily backup important video to an external cloud-managed location, or a USB device. The recorder must not stop recording during the backup process. To ensure the integrity of data, the cloud-managed appliance shall use a proprietary viewer that can detect image tampering.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="544157AB" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00BA6F09" w:rsidRDefault="001406B1" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Include a minimum of the followi</w:t>
       </w:r>
       <w:r w:rsidR="009E2911" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ng front panel controls</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69CD19AE" w14:textId="78D1C500" w:rsidR="001406B1" w:rsidRPr="00BA6F09" w:rsidRDefault="001406B1" w:rsidP="00756690">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk29541534"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk29541534"/>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Two 2.0 USB ports</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="227F8C69" w14:textId="64C7BB0D" w:rsidR="006B42AB" w:rsidRPr="00BA6F09" w:rsidRDefault="006B42AB" w:rsidP="006B42AB">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="num" w:pos="2304"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Power Button</w:t>
@@ -4220,50 +4152,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3E18912E" w14:textId="1B0DDEAF" w:rsidR="001406B1" w:rsidRPr="00BA6F09" w:rsidRDefault="007449BC" w:rsidP="00756690">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">One </w:t>
       </w:r>
       <w:r w:rsidR="001406B1" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Power </w:t>
       </w:r>
       <w:r w:rsidR="006B42AB" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="001406B1" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nput</w:t>
@@ -5868,51 +5801,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1921" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E8D47CF" w14:textId="0F9D1D42" w:rsidR="002C0782" w:rsidRPr="00BA6F09" w:rsidRDefault="002C0782" w:rsidP="002C0782">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat Medium" w:eastAsia="Times New Roman" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6F09">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat Medium" w:eastAsia="Times New Roman" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>OE-MDX16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat Medium" w:eastAsia="Times New Roman" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="0009085A">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat Medium" w:eastAsia="Times New Roman" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA6F09">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6120" w:type="dxa"/>
@@ -6063,50 +5995,51 @@
     </w:p>
     <w:p w14:paraId="62372C87" w14:textId="77777777" w:rsidR="00756690" w:rsidRPr="00BA6F09" w:rsidRDefault="00756690" w:rsidP="00756690">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="666"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13F31529" w14:textId="77777777" w:rsidR="00F87319" w:rsidRPr="00BA6F09" w:rsidRDefault="00F87319" w:rsidP="00F87319">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Installer shall comply with all instructions and best practices specified by the hardware and software manufacturer</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F7F8103" w14:textId="77777777" w:rsidR="00F87319" w:rsidRPr="00BA6F09" w:rsidRDefault="00F87319" w:rsidP="00F87319">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Installer shall comply with all applicable state and local regulatory requirements</w:t>
@@ -6350,252 +6283,251 @@
       <w:r w:rsidRPr="00BA6F09">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00BA6F09" w:rsidSect="00F62731">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66A5D676" w14:textId="77777777" w:rsidR="00CA723D" w:rsidRDefault="00CA723D" w:rsidP="006C76B9">
+    <w:p w14:paraId="3EF70BFF" w14:textId="77777777" w:rsidR="00C2020C" w:rsidRDefault="00C2020C" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31C17B79" w14:textId="77777777" w:rsidR="00CA723D" w:rsidRDefault="00CA723D" w:rsidP="006C76B9">
+    <w:p w14:paraId="1A02C2E8" w14:textId="77777777" w:rsidR="00C2020C" w:rsidRDefault="00C2020C" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Swis721 BT">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800000AF" w:usb1="1000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
+    <w:sig w:usb0="800000AF" w:usb1="1000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000011" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica 45 Light">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0403020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat SemiBold">
     <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat Medium">
     <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6ECD1080" w14:textId="4B7A48D0" w:rsidR="00E25E46" w:rsidRPr="00BA6F09" w:rsidRDefault="00935041" w:rsidP="00E25E46">
+  <w:p w14:paraId="6ECD1080" w14:textId="67AC53A2" w:rsidR="00E25E46" w:rsidRPr="00BA6F09" w:rsidRDefault="00935041" w:rsidP="00E25E46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA6F09">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00131D79">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8100</w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6F09">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="0009085A">
+    <w:r w:rsidR="002234D1">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>D</w:t>
+      <w:t>E</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4514E2EF" w14:textId="370E27DB" w:rsidR="00E25E46" w:rsidRPr="00BA6F09" w:rsidRDefault="007A0433" w:rsidP="00E25E46">
+  <w:p w14:paraId="4514E2EF" w14:textId="2900B554" w:rsidR="00E25E46" w:rsidRPr="00BA6F09" w:rsidRDefault="007A0433" w:rsidP="00E25E46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BA6F09">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00131D79">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8100</w:t>
     </w:r>
     <w:r w:rsidRPr="00BA6F09">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="0009085A">
+    <w:r w:rsidR="002234D1">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>D</w:t>
+      <w:t>E</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58432F3E" w14:textId="77777777" w:rsidR="00CA723D" w:rsidRDefault="00CA723D" w:rsidP="006C76B9">
+    <w:p w14:paraId="2BA88D2A" w14:textId="77777777" w:rsidR="00C2020C" w:rsidRDefault="00C2020C" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="366054E2" w14:textId="77777777" w:rsidR="00CA723D" w:rsidRDefault="00CA723D" w:rsidP="006C76B9">
+    <w:p w14:paraId="33406A44" w14:textId="77777777" w:rsidR="00C2020C" w:rsidRDefault="00C2020C" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
       </w:rPr>
@@ -7238,51 +7170,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="215209B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B02ABF02"/>
+    <w:tmpl w:val="BFEA1E40"/>
     <w:lvl w:ilvl="0" w:tplc="B3623750">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -8107,50 +8039,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="426F6EFB"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A5EE4EBE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46015B67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8FA2D92"/>
     <w:lvl w:ilvl="0" w:tplc="32FC4530">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8196,51 +8241,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B4A276D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FD265616"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Part"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SECTION %1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1674" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Article"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8340,51 +8385,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4032"/>
         </w:tabs>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4608"/>
         </w:tabs>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52456F20"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E2EC21BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SECTION %1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="666"/>
@@ -8478,51 +8523,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4032"/>
         </w:tabs>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4608"/>
         </w:tabs>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="576D428C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="548C0EB6"/>
     <w:lvl w:ilvl="0" w:tplc="AFE09AA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8568,51 +8613,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57923C47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="745EB3F4"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -8657,51 +8702,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EE1356B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49B2C000"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F97822B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -8749,51 +8794,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64C2248C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A5EE4EBE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69E121FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DFA8C570"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F97822B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -8844,51 +9002,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F125728"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6218A186"/>
     <w:lvl w:ilvl="0" w:tplc="3468F48E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8934,51 +9092,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="731428B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8FA2D92"/>
     <w:lvl w:ilvl="0" w:tplc="32FC4530">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9024,51 +9182,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F7A463C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13A864A8"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F97822B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -9150,174 +9308,185 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1627466571">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="625085081">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1025907459">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1485272906">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1025907459">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="1158181863">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1719816660">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="243758325">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="85687745">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1905600306">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="555438012">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="975446932">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1781100233">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1742021254">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1641300160">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1397053350">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1668095993">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1283227355">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1025208338">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1646738807">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1042747300">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1801847564">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1711103092">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="180897079">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="2008513739">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1059666627">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1376469606">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1223710851">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1643534076">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1893270847">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1836721922">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1548104570">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="223218595">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="495386661">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1384866093">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="531916291">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1531802814">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1895770631">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1005867190">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="978657274">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="1608417134">
+    <w:abstractNumId w:val="13"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1666586961">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1432555449">
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="170"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -9359,82 +9528,84 @@
     <w:rsid w:val="000B7EAD"/>
     <w:rsid w:val="000C7804"/>
     <w:rsid w:val="000C7971"/>
     <w:rsid w:val="000D0F11"/>
     <w:rsid w:val="000E2D54"/>
     <w:rsid w:val="000E3AB7"/>
     <w:rsid w:val="000E68A7"/>
     <w:rsid w:val="000F10DA"/>
     <w:rsid w:val="000F1228"/>
     <w:rsid w:val="000F61BD"/>
     <w:rsid w:val="000F6DA8"/>
     <w:rsid w:val="00106EC6"/>
     <w:rsid w:val="0011542F"/>
     <w:rsid w:val="00116B8E"/>
     <w:rsid w:val="00125ACB"/>
     <w:rsid w:val="001264EF"/>
     <w:rsid w:val="001304F9"/>
     <w:rsid w:val="00131D79"/>
     <w:rsid w:val="001321F5"/>
     <w:rsid w:val="00132F55"/>
     <w:rsid w:val="001347CE"/>
     <w:rsid w:val="001406B1"/>
     <w:rsid w:val="00147B83"/>
     <w:rsid w:val="00154997"/>
     <w:rsid w:val="00155237"/>
+    <w:rsid w:val="001552EA"/>
     <w:rsid w:val="001554F5"/>
     <w:rsid w:val="00163218"/>
     <w:rsid w:val="00165AAE"/>
     <w:rsid w:val="00170306"/>
     <w:rsid w:val="00171805"/>
     <w:rsid w:val="00177C07"/>
     <w:rsid w:val="0018037F"/>
     <w:rsid w:val="00183944"/>
     <w:rsid w:val="0018548D"/>
     <w:rsid w:val="00197153"/>
     <w:rsid w:val="001A276D"/>
     <w:rsid w:val="001A3E02"/>
     <w:rsid w:val="001B0C78"/>
     <w:rsid w:val="001B2310"/>
     <w:rsid w:val="001C4BC6"/>
     <w:rsid w:val="001C5BEE"/>
     <w:rsid w:val="001D0F70"/>
     <w:rsid w:val="001D224A"/>
     <w:rsid w:val="001E68D6"/>
     <w:rsid w:val="001F1A2C"/>
     <w:rsid w:val="001F248D"/>
     <w:rsid w:val="001F6FDA"/>
     <w:rsid w:val="001F7C39"/>
     <w:rsid w:val="0020113E"/>
     <w:rsid w:val="00202A2F"/>
     <w:rsid w:val="00203C88"/>
     <w:rsid w:val="00203E0D"/>
     <w:rsid w:val="00210558"/>
     <w:rsid w:val="00211147"/>
     <w:rsid w:val="00214538"/>
     <w:rsid w:val="00216C31"/>
     <w:rsid w:val="002230F6"/>
+    <w:rsid w:val="002234D1"/>
     <w:rsid w:val="00225E9E"/>
     <w:rsid w:val="00226F97"/>
     <w:rsid w:val="00227EAF"/>
     <w:rsid w:val="00232476"/>
     <w:rsid w:val="00237490"/>
     <w:rsid w:val="00244D12"/>
     <w:rsid w:val="00254FA3"/>
     <w:rsid w:val="00256946"/>
     <w:rsid w:val="00261FCD"/>
     <w:rsid w:val="002622B6"/>
     <w:rsid w:val="00262816"/>
     <w:rsid w:val="00263030"/>
     <w:rsid w:val="002636DD"/>
     <w:rsid w:val="00263E04"/>
     <w:rsid w:val="00264910"/>
     <w:rsid w:val="002711E1"/>
     <w:rsid w:val="00274212"/>
     <w:rsid w:val="002752D3"/>
     <w:rsid w:val="00275F18"/>
     <w:rsid w:val="002827E0"/>
     <w:rsid w:val="00282C23"/>
     <w:rsid w:val="00283029"/>
     <w:rsid w:val="00286CD2"/>
     <w:rsid w:val="00290C09"/>
     <w:rsid w:val="0029102A"/>
@@ -9639,50 +9810,51 @@
     <w:rsid w:val="00656648"/>
     <w:rsid w:val="00662C2A"/>
     <w:rsid w:val="0067018A"/>
     <w:rsid w:val="00673890"/>
     <w:rsid w:val="0067399F"/>
     <w:rsid w:val="00674F44"/>
     <w:rsid w:val="00675EF0"/>
     <w:rsid w:val="00676C62"/>
     <w:rsid w:val="00681498"/>
     <w:rsid w:val="006836D7"/>
     <w:rsid w:val="00683FEB"/>
     <w:rsid w:val="00693B4A"/>
     <w:rsid w:val="006A6FB0"/>
     <w:rsid w:val="006B1838"/>
     <w:rsid w:val="006B27B2"/>
     <w:rsid w:val="006B42AB"/>
     <w:rsid w:val="006B5CF3"/>
     <w:rsid w:val="006B5DAA"/>
     <w:rsid w:val="006B6829"/>
     <w:rsid w:val="006C07F4"/>
     <w:rsid w:val="006C0EB0"/>
     <w:rsid w:val="006C2E80"/>
     <w:rsid w:val="006C52BC"/>
     <w:rsid w:val="006C5EF0"/>
     <w:rsid w:val="006C76B9"/>
+    <w:rsid w:val="006D0395"/>
     <w:rsid w:val="006D38AE"/>
     <w:rsid w:val="006D47F7"/>
     <w:rsid w:val="006E3374"/>
     <w:rsid w:val="006E776F"/>
     <w:rsid w:val="006F0B25"/>
     <w:rsid w:val="006F6DB6"/>
     <w:rsid w:val="007064D8"/>
     <w:rsid w:val="0071162D"/>
     <w:rsid w:val="007121E1"/>
     <w:rsid w:val="00716902"/>
     <w:rsid w:val="00723419"/>
     <w:rsid w:val="00731184"/>
     <w:rsid w:val="00734159"/>
     <w:rsid w:val="0073791F"/>
     <w:rsid w:val="007418F3"/>
     <w:rsid w:val="007438C7"/>
     <w:rsid w:val="007449BC"/>
     <w:rsid w:val="00745A54"/>
     <w:rsid w:val="00747553"/>
     <w:rsid w:val="00751628"/>
     <w:rsid w:val="007521A3"/>
     <w:rsid w:val="00756690"/>
     <w:rsid w:val="007566FE"/>
     <w:rsid w:val="0075714C"/>
     <w:rsid w:val="00757A21"/>
@@ -9713,50 +9885,51 @@
     <w:rsid w:val="007D0AB9"/>
     <w:rsid w:val="007D1C51"/>
     <w:rsid w:val="007D25CE"/>
     <w:rsid w:val="007D4E29"/>
     <w:rsid w:val="007D55D3"/>
     <w:rsid w:val="007D563E"/>
     <w:rsid w:val="007D7C0D"/>
     <w:rsid w:val="007E09A3"/>
     <w:rsid w:val="007E3F3D"/>
     <w:rsid w:val="007E478C"/>
     <w:rsid w:val="007F104F"/>
     <w:rsid w:val="007F52E1"/>
     <w:rsid w:val="007F668A"/>
     <w:rsid w:val="00801A0C"/>
     <w:rsid w:val="00802D62"/>
     <w:rsid w:val="00803587"/>
     <w:rsid w:val="00803E37"/>
     <w:rsid w:val="0081118E"/>
     <w:rsid w:val="00813EED"/>
     <w:rsid w:val="0082269D"/>
     <w:rsid w:val="00822A7D"/>
     <w:rsid w:val="00822FF8"/>
     <w:rsid w:val="00825043"/>
     <w:rsid w:val="00827485"/>
     <w:rsid w:val="008342FF"/>
+    <w:rsid w:val="00835D43"/>
     <w:rsid w:val="00836F1A"/>
     <w:rsid w:val="0083749D"/>
     <w:rsid w:val="00841169"/>
     <w:rsid w:val="008422AE"/>
     <w:rsid w:val="00843621"/>
     <w:rsid w:val="00845EE2"/>
     <w:rsid w:val="00847208"/>
     <w:rsid w:val="00854355"/>
     <w:rsid w:val="008548D7"/>
     <w:rsid w:val="00855887"/>
     <w:rsid w:val="008605CF"/>
     <w:rsid w:val="008677F2"/>
     <w:rsid w:val="00876518"/>
     <w:rsid w:val="00876D76"/>
     <w:rsid w:val="00881431"/>
     <w:rsid w:val="008823D9"/>
     <w:rsid w:val="0088751C"/>
     <w:rsid w:val="00892702"/>
     <w:rsid w:val="00893E4E"/>
     <w:rsid w:val="008A0A67"/>
     <w:rsid w:val="008A23D9"/>
     <w:rsid w:val="008A3E6C"/>
     <w:rsid w:val="008B2288"/>
     <w:rsid w:val="008B4039"/>
     <w:rsid w:val="008D14BF"/>
@@ -9776,50 +9949,51 @@
     <w:rsid w:val="00911475"/>
     <w:rsid w:val="0091265A"/>
     <w:rsid w:val="00912975"/>
     <w:rsid w:val="00912C82"/>
     <w:rsid w:val="009148E3"/>
     <w:rsid w:val="009178EE"/>
     <w:rsid w:val="00917D38"/>
     <w:rsid w:val="0092104B"/>
     <w:rsid w:val="00922EB9"/>
     <w:rsid w:val="00931FF8"/>
     <w:rsid w:val="0093234B"/>
     <w:rsid w:val="0093277C"/>
     <w:rsid w:val="00935041"/>
     <w:rsid w:val="009407E3"/>
     <w:rsid w:val="00950CFF"/>
     <w:rsid w:val="009713B5"/>
     <w:rsid w:val="00974509"/>
     <w:rsid w:val="00974A57"/>
     <w:rsid w:val="0098472E"/>
     <w:rsid w:val="00985BBC"/>
     <w:rsid w:val="00986A63"/>
     <w:rsid w:val="00994A5F"/>
     <w:rsid w:val="00995F59"/>
     <w:rsid w:val="009967A4"/>
     <w:rsid w:val="00996B58"/>
+    <w:rsid w:val="00997493"/>
     <w:rsid w:val="009A2A72"/>
     <w:rsid w:val="009A316E"/>
     <w:rsid w:val="009A6241"/>
     <w:rsid w:val="009A7F76"/>
     <w:rsid w:val="009B13BD"/>
     <w:rsid w:val="009B3927"/>
     <w:rsid w:val="009B5F3B"/>
     <w:rsid w:val="009C37B7"/>
     <w:rsid w:val="009C723A"/>
     <w:rsid w:val="009D210F"/>
     <w:rsid w:val="009D318A"/>
     <w:rsid w:val="009D3ED9"/>
     <w:rsid w:val="009E2911"/>
     <w:rsid w:val="009E2C88"/>
     <w:rsid w:val="009E4639"/>
     <w:rsid w:val="009E4FBD"/>
     <w:rsid w:val="009F5617"/>
     <w:rsid w:val="009F6961"/>
     <w:rsid w:val="009F7023"/>
     <w:rsid w:val="00A02A78"/>
     <w:rsid w:val="00A038C8"/>
     <w:rsid w:val="00A03FB2"/>
     <w:rsid w:val="00A05F3F"/>
     <w:rsid w:val="00A170E0"/>
     <w:rsid w:val="00A23938"/>
@@ -9893,50 +10067,51 @@
     <w:rsid w:val="00BA2A1C"/>
     <w:rsid w:val="00BA3468"/>
     <w:rsid w:val="00BA4E79"/>
     <w:rsid w:val="00BA6F09"/>
     <w:rsid w:val="00BB016E"/>
     <w:rsid w:val="00BB021D"/>
     <w:rsid w:val="00BB28F9"/>
     <w:rsid w:val="00BB67DA"/>
     <w:rsid w:val="00BB7302"/>
     <w:rsid w:val="00BB7405"/>
     <w:rsid w:val="00BC2432"/>
     <w:rsid w:val="00BC539B"/>
     <w:rsid w:val="00BC553A"/>
     <w:rsid w:val="00BD062F"/>
     <w:rsid w:val="00BD0942"/>
     <w:rsid w:val="00BD757F"/>
     <w:rsid w:val="00BE1900"/>
     <w:rsid w:val="00BF069C"/>
     <w:rsid w:val="00BF148B"/>
     <w:rsid w:val="00BF661C"/>
     <w:rsid w:val="00C01136"/>
     <w:rsid w:val="00C053AC"/>
     <w:rsid w:val="00C126AE"/>
     <w:rsid w:val="00C143D7"/>
     <w:rsid w:val="00C157FC"/>
+    <w:rsid w:val="00C2020C"/>
     <w:rsid w:val="00C267B2"/>
     <w:rsid w:val="00C31AF8"/>
     <w:rsid w:val="00C34A36"/>
     <w:rsid w:val="00C34B0B"/>
     <w:rsid w:val="00C4291B"/>
     <w:rsid w:val="00C4386B"/>
     <w:rsid w:val="00C46328"/>
     <w:rsid w:val="00C509F0"/>
     <w:rsid w:val="00C5257A"/>
     <w:rsid w:val="00C555C3"/>
     <w:rsid w:val="00C55966"/>
     <w:rsid w:val="00C55C6A"/>
     <w:rsid w:val="00C57F0E"/>
     <w:rsid w:val="00C607F0"/>
     <w:rsid w:val="00C614A5"/>
     <w:rsid w:val="00C631A0"/>
     <w:rsid w:val="00C81CE9"/>
     <w:rsid w:val="00C833E2"/>
     <w:rsid w:val="00C92C38"/>
     <w:rsid w:val="00C95AB1"/>
     <w:rsid w:val="00C964F2"/>
     <w:rsid w:val="00CA0F61"/>
     <w:rsid w:val="00CA723D"/>
     <w:rsid w:val="00CB0BA5"/>
     <w:rsid w:val="00CB2F4B"/>
@@ -10917,50 +11092,65 @@
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009713B5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A3">
     <w:name w:val="A3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE6AFE"/>
     <w:rPr>
       <w:rFonts w:cs="Helvetica 45 Light"/>
       <w:color w:val="000000"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002234D1"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="152766928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="749498498">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -11344,68 +11534,68 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41BAF7C7-E507-4C10-B80E-E8E886B00008}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1292</Words>
-  <Characters>7369</Characters>
+  <Words>1252</Words>
+  <Characters>7139</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8644</CharactersWithSpaces>
+  <CharactersWithSpaces>8375</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>