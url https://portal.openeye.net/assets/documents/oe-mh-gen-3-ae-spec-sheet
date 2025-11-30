--- v0 (2025-10-22)
+++ v1 (2025-11-30)
@@ -115,208 +115,207 @@
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NEYE NVR CLOUD-MANAGED SERVER</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00406554" w:rsidRPr="00FE7C7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
             <w:color w:val="4F81BD" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>www.openeye.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4DF3B567" w14:textId="77777777" w:rsidR="000D00B3" w:rsidRPr="00AC6ECA" w:rsidRDefault="000D00B3" w:rsidP="000D00B3">
+    <w:p w14:paraId="48D7E70E" w14:textId="77777777" w:rsidR="00F06840" w:rsidRDefault="00F06840" w:rsidP="00F06840">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DIVISION 28 - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ELECTRONIC SAFETY AND SECURITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC7E38C" w14:textId="77777777" w:rsidR="00F06840" w:rsidRDefault="00F06840" w:rsidP="00F06840">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 00 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18713513" w14:textId="77777777" w:rsidR="00F06840" w:rsidRDefault="00F06840" w:rsidP="00F06840">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 20 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Video Surveillance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A0DCAC1" w14:textId="77777777" w:rsidR="00F06840" w:rsidRDefault="00F06840" w:rsidP="00F06840">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 05 19 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Storage Appliances for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A2A1C50" w14:textId="4602218A" w:rsidR="006B5CF3" w:rsidRPr="00F06840" w:rsidRDefault="00F06840" w:rsidP="00F06840">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 23 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Video Management System</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C8CD5E0" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00FE7C7A" w:rsidRDefault="006B5CF3" w:rsidP="006B5CF3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc334350689"/>
-      <w:r w:rsidRPr="00AC6ECA">
+      <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:b/>
         </w:rPr>
-        <w:t>DIVISION 28</w:t>
-[...143 lines deleted...]
-        </w:rPr>
         <w:t>PART 1 GENERAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11F59751" w14:textId="77777777" w:rsidR="00D041D6" w:rsidRPr="00D041D6" w:rsidRDefault="00D041D6" w:rsidP="00D041D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15BAC6F6" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00FE7C7A" w:rsidRDefault="006B5CF3" w:rsidP="00D041D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
@@ -438,146 +437,164 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Online Web Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ED6CBE5" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00FE7C7A" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="795"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46993A4F" w14:textId="1E739E77" w:rsidR="00F21E4C" w:rsidRPr="000D00B3" w:rsidRDefault="006B5CF3" w:rsidP="000D00B3">
+    <w:p w14:paraId="46993A4F" w14:textId="40031B03" w:rsidR="00F21E4C" w:rsidRPr="000D00B3" w:rsidRDefault="006B5CF3" w:rsidP="00F06840">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00415406">
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Re</w:t>
+      </w:r>
+      <w:r w:rsidR="00F06840">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>lated Requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD7FBD6" w14:textId="77777777" w:rsidR="00F06840" w:rsidRPr="00F06840" w:rsidRDefault="00F06840" w:rsidP="00F06840">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06840">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>28 05 00 Common Work Results for Electronic Safety and Security</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2031BEC8" w14:textId="77777777" w:rsidR="000D00B3" w:rsidRPr="00415406" w:rsidRDefault="000D00B3" w:rsidP="000D00B3">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00415406">
+    <w:p w14:paraId="44E512F0" w14:textId="77777777" w:rsidR="00F06840" w:rsidRPr="00F06840" w:rsidRDefault="00F06840" w:rsidP="00F06840">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06840">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>28 05 25 Cloud Based Storage for Electronic Safety and Security</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F70B07C" w14:textId="77777777" w:rsidR="000D00B3" w:rsidRPr="00415406" w:rsidRDefault="000D00B3" w:rsidP="000D00B3">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00415406">
+    <w:p w14:paraId="231464FE" w14:textId="77777777" w:rsidR="00F06840" w:rsidRPr="00F06840" w:rsidRDefault="00F06840" w:rsidP="00F06840">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06840">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>28 05 19.11 Digital Video Recorders</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="112F56DF" w14:textId="77777777" w:rsidR="000D00B3" w:rsidRPr="00415406" w:rsidRDefault="000D00B3" w:rsidP="000D00B3">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00415406">
+    <w:p w14:paraId="60733C03" w14:textId="77777777" w:rsidR="00F06840" w:rsidRPr="00F06840" w:rsidRDefault="00F06840" w:rsidP="00F06840">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06840">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>28 05 19.15 Network Video Recorders</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="700261CD" w14:textId="77777777" w:rsidR="000D00B3" w:rsidRPr="00415406" w:rsidRDefault="000D00B3" w:rsidP="000D00B3">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00415406">
+    <w:p w14:paraId="700261CD" w14:textId="24EA3899" w:rsidR="000D00B3" w:rsidRPr="00F06840" w:rsidRDefault="00F06840" w:rsidP="00F06840">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06840">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>28 23 13 Video Management System Interfaces</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C9F29F5" w14:textId="77777777" w:rsidR="009E2C88" w:rsidRPr="00FE7C7A" w:rsidRDefault="009E2C88" w:rsidP="009E2C88">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1515"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="611973BE" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00FE7C7A" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
@@ -592,51 +609,50 @@
     </w:p>
     <w:p w14:paraId="287A34C3" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00FE7C7A" w:rsidRDefault="004966EA" w:rsidP="004966EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="666"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7346F687" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00FE7C7A" w:rsidRDefault="009E2C88" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Manufacturer’s</w:t>
       </w:r>
       <w:r w:rsidR="006B5CF3" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> data sheets in digital or printed form</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="046C8325" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00FE7C7A" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="795"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51EFDDB5" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00FE7C7A" w:rsidRDefault="004966EA" w:rsidP="00390821">
@@ -881,136 +897,142 @@
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">WARRANTY &amp; </w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>SUPPORT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A810F0" w14:textId="77777777" w:rsidR="004235F0" w:rsidRPr="00FE7C7A" w:rsidRDefault="004235F0" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="666"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="149EAE38" w14:textId="112C21F1" w:rsidR="000E68A7" w:rsidRPr="00FE7C7A" w:rsidRDefault="007438C7" w:rsidP="004235F0">
+    <w:p w14:paraId="149EAE38" w14:textId="12D5B8A1" w:rsidR="000E68A7" w:rsidRPr="00FE7C7A" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>The Network Video Recorder</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall come with a minimum </w:t>
       </w:r>
+      <w:r w:rsidR="00F06840">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidR="00384297" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>3-year</w:t>
+        <w:t>-year</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> manufacturer’s warranty with the 1st year including advance replacement service.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="268E4475" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00FE7C7A" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Network Video Recorder </w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>shall come with a heroic customer service support structure, including a 1-888 number for technical service, pre and post sales assistance, and full access to online technical support as well as online sales support.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE4F321" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00FE7C7A" w:rsidRDefault="000E68A7" w:rsidP="004235F0">
+    <w:p w14:paraId="3AE4F321" w14:textId="6C1A595A" w:rsidR="000E68A7" w:rsidRPr="00FE7C7A" w:rsidRDefault="00F06840" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE7C7A">
-[...5 lines deleted...]
-        <w:t>Technical support shall be available for 24 hours per day 7 days per week to all integrators and dealers free of charge.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Technical support shall be available weekdays from 5 a.m. to 5 p.m. PST.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C4FFC6C" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00FE7C7A" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>System</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00FE7C7A">
         <w:rPr>
@@ -1142,141 +1164,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DOCUMENT SUMMARY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F469E27" w14:textId="69053EEE" w:rsidR="00406554" w:rsidRPr="00FE7C7A" w:rsidRDefault="00331F49" w:rsidP="00994A5F">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>This document specifies</w:t>
+      </w:r>
+      <w:r w:rsidR="00406554" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the minimum</w:t>
+      </w:r>
+      <w:r w:rsidR="00C607F0" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> criteria for the design and performance </w:t>
+      </w:r>
+      <w:r w:rsidR="00406554" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6A31" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OE-M</w:t>
+      </w:r>
+      <w:r w:rsidR="00384297" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00274D95" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1507">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gen 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00274D95" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cloud-Managed Server</w:t>
+      </w:r>
+      <w:r w:rsidR="00406554" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232DF40B" w14:textId="77777777" w:rsidR="00406554" w:rsidRPr="00FE7C7A" w:rsidRDefault="00406554" w:rsidP="00C81CE9">
+      <w:pPr>
+        <w:pStyle w:val="Article"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>This document specifies</w:t>
-[...88 lines deleted...]
-        </w:rPr>
         <w:t>STANDARDS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34F8147A" w14:textId="77777777" w:rsidR="00406554" w:rsidRPr="00FE7C7A" w:rsidRDefault="005B206A" w:rsidP="00994A5F">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00FE7C7A">
@@ -1956,52 +1978,62 @@
         </w:rPr>
         <w:t>00</w:t>
       </w:r>
       <w:r w:rsidR="00F96C61" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – 2</w:t>
       </w:r>
       <w:r w:rsidR="00B45F8B" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00F96C61" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>0 VAC</w:t>
-      </w:r>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F96C61" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VAC</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="503571D4" w14:textId="3F12BAE3" w:rsidR="009F6961" w:rsidRPr="00FE7C7A" w:rsidRDefault="0052069A" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Max P</w:t>
       </w:r>
       <w:r w:rsidR="009F6961" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
@@ -2126,98 +2158,146 @@
         </w:rPr>
         <w:t xml:space="preserve">the ETL </w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>certification clearly marked on the product and box label.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B9BAAD9" w14:textId="77777777" w:rsidR="00544DDD" w:rsidRPr="00FE7C7A" w:rsidRDefault="00237490" w:rsidP="00F63294">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Dimensions</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007845E5" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">W: 17.25 x H: </w:t>
+        <w:t>W:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007845E5" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17.25 x </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007845E5" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>H:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007845E5" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E913F0" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="007845E5" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.2 x D: 26in (438 x 132</w:t>
+        <w:t xml:space="preserve">.2 x </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007845E5" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007845E5" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26in (438 x 132</w:t>
       </w:r>
       <w:r w:rsidR="00E913F0" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> x 660</w:t>
       </w:r>
       <w:r w:rsidR="00F63294" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mm).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DF63893" w14:textId="77777777" w:rsidR="00544DDD" w:rsidRPr="00FE7C7A" w:rsidRDefault="008677F2" w:rsidP="00F63294">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
@@ -2276,51 +2356,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">OPERATIONAL REQUIREMENTS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="384AE2C9" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00FE7C7A" w:rsidRDefault="008C7983" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>NVR Cloud-Managed Server</w:t>
       </w:r>
       <w:r w:rsidR="0075714C" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – The network</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> video </w:t>
       </w:r>
       <w:r w:rsidR="000E2D54" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>recorder</w:t>
@@ -2374,50 +2453,51 @@
         <w:t xml:space="preserve"> shall: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BEB036D" w14:textId="73BF5AA6" w:rsidR="001406B1" w:rsidRPr="00FE7C7A" w:rsidRDefault="00526E32" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Be </w:t>
       </w:r>
       <w:r w:rsidR="001406B1" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>assembled in the U.S.A</w:t>
       </w:r>
       <w:r w:rsidR="00DC3DC3">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71EF2E3B" w14:textId="63681150" w:rsidR="001406B1" w:rsidRPr="00FE7C7A" w:rsidRDefault="008C7983" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
@@ -3006,148 +3086,179 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="008C7983" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ome standard with a single</w:t>
       </w:r>
       <w:r w:rsidR="006C5EF0" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Solid State Drive</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006C5EF0" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Solid State</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006C5EF0" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Drive</w:t>
       </w:r>
       <w:r w:rsidR="008F50B9" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SSD)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the JBOD model</w:t>
       </w:r>
       <w:r w:rsidR="00B5410A" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> exclusively dedicated to the Operating System. No Video will be allocated to the SSDs for the purposes of video storage or archiving.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C2F3928" w14:textId="2215D1D8" w:rsidR="008C7983" w:rsidRPr="00FE7C7A" w:rsidRDefault="00280AF1" w:rsidP="00B5410A">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">  C</w:t>
       </w:r>
       <w:r w:rsidR="008C7983" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t xml:space="preserve">ome standard with dual Solid State Drives </w:t>
+        <w:t xml:space="preserve">ome standard with dual </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008C7983" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Solid State</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008C7983" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Drives </w:t>
       </w:r>
       <w:r w:rsidR="008F50B9" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">(SSD) </w:t>
       </w:r>
       <w:r w:rsidR="008C7983" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>configured in a RAID 1 array</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the RAID model</w:t>
       </w:r>
       <w:r w:rsidR="00B5410A" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> exclusively dedicated to the Operating System. No Video will be allocated to the SSDs for the purposes of video storage or archiving.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AB0A904" w14:textId="141C7A00" w:rsidR="001406B1" w:rsidRPr="00FE7C7A" w:rsidRDefault="00CA2AE1" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Offer the following on-board hard drive capacity options with up to </w:t>
       </w:r>
       <w:r w:rsidR="00CD219D">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sixteen</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> internally installed, front removable hard drive bays in a JBOD configuration:</w:t>
       </w:r>
       <w:r w:rsidR="001406B1" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3176,50 +3287,51 @@
         </w:rPr>
         <w:t>.0 Terabytes</w:t>
       </w:r>
       <w:r w:rsidR="00043387" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E2457D3" w14:textId="1B738286" w:rsidR="007845E5" w:rsidRPr="00FE7C7A" w:rsidRDefault="00CA2AE1" w:rsidP="001C5BEE">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="007845E5" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>128.0 Terabytes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="434A1092" w14:textId="28D4AD7F" w:rsidR="007845E5" w:rsidRPr="00FE7C7A" w:rsidRDefault="00CA2AE1" w:rsidP="001C5BEE">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
@@ -3659,64 +3771,77 @@
       </w:r>
       <w:r w:rsidR="00FB007F" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>chassis designed to fit into a 19” EIA rack.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36320987" w14:textId="25C1FFEF" w:rsidR="00453BBD" w:rsidRPr="00FE7C7A" w:rsidRDefault="00A76D79" w:rsidP="00453BBD">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00453BBD" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">Allow for </w:t>
       </w:r>
       <w:r w:rsidR="003E7495" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>connection with OpenEye or ONVIF cameras.</w:t>
+        <w:t xml:space="preserve">connection with </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003E7495" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>OpenEye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003E7495" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or ONVIF cameras.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A450BE" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00FE7C7A" w:rsidRDefault="001406B1" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Provide a full auto-swi</w:t>
@@ -3765,57 +3890,68 @@
       <w:r w:rsidR="001406B1" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> maximum display resolution</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="114A82A9" w14:textId="5DDE0D41" w:rsidR="001406B1" w:rsidRPr="00FE7C7A" w:rsidRDefault="001406B1" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE7C7A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Have the ability to easily backup important video to an external cloud-managed location, or a USB device.  The recorder must not stop recording during the backup process. To ensure the integrity of data, the cloud-managed appliance shall use a proprietary viewer that can detect image tampering. </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Have the ability to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> easily backup important video to an external cloud-managed location, or a USB device.  The recorder must not stop recording during the backup process. To ensure the integrity of data, the cloud-managed appliance shall use a proprietary viewer that can detect image tampering. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72835446" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00FE7C7A" w:rsidRDefault="001406B1" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Include a minimum of the followi</w:t>
@@ -3897,52 +4033,52 @@
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Include a minimum of the following rear-panel connectors:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FC121BF" w14:textId="77777777" w:rsidR="004B63C1" w:rsidRPr="00723D23" w:rsidRDefault="004B63C1" w:rsidP="004B63C1">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk146880852"/>
-      <w:bookmarkStart w:id="4" w:name="_Hlk95484942"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk146880852"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk95484942"/>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>One Power input</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F38898F" w14:textId="77777777" w:rsidR="004B63C1" w:rsidRPr="00723D23" w:rsidRDefault="004B63C1" w:rsidP="004B63C1">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -4031,51 +4167,51 @@
     <w:p w14:paraId="22AEEA35" w14:textId="77777777" w:rsidR="004B63C1" w:rsidRPr="00723D23" w:rsidRDefault="004B63C1" w:rsidP="004B63C1">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Two USB 2.0 inputs</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="1F7B9DB2" w14:textId="0FD36A88" w:rsidR="00555C7C" w:rsidRPr="00FE7C7A" w:rsidRDefault="00901F95" w:rsidP="00B45F8B">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>One</w:t>
       </w:r>
       <w:r w:rsidR="007449BC" w:rsidRPr="00FE7C7A">
@@ -4219,51 +4355,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00AF4362" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with a maximum display resolution of 4096x2160</w:t>
       </w:r>
       <w:r w:rsidR="00B14304" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="4838DA66" w14:textId="77777777" w:rsidR="00DC3DC3" w:rsidRDefault="00DC3DC3" w:rsidP="00DC3DC3">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>One</w:t>
       </w:r>
       <w:r w:rsidRPr="00723D23">
@@ -4422,51 +4558,65 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Rack Mount Rail Kit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01722877" w14:textId="77777777" w:rsidR="007C400A" w:rsidRDefault="007C400A" w:rsidP="007C400A">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t xml:space="preserve">   OpenEye branded front locking bezel</w:t>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>OpenEye</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> branded front locking bezel</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="136495E5" w14:textId="77777777" w:rsidR="000D00B3" w:rsidRDefault="000D00B3" w:rsidP="000D00B3">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Include the following upgrades:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14D73D46" w14:textId="77777777" w:rsidR="000D00B3" w:rsidRPr="0058719E" w:rsidRDefault="000D00B3" w:rsidP="000D00B3">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
@@ -4491,51 +4641,50 @@
         <w:t>OE-ZCONVW2L</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20565A0F" w14:textId="77777777" w:rsidR="000D00B3" w:rsidRDefault="000D00B3" w:rsidP="000D00B3">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0058719E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>OE-ZCONVW2L-FLD</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4976C9D1" w14:textId="1E9B5924" w:rsidR="000D00B3" w:rsidRPr="000D00B3" w:rsidRDefault="000D00B3" w:rsidP="000D00B3">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="num" w:pos="2304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D00B3">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4570,50 +4719,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="545E54C0" w14:textId="1284BF44" w:rsidR="000D00B3" w:rsidRPr="000D00B3" w:rsidRDefault="000D00B3" w:rsidP="000D00B3">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="num" w:pos="2304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D00B3">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>OE-ZIOMH</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13871BB9" w14:textId="77777777" w:rsidR="0098472E" w:rsidRPr="00FE7C7A" w:rsidRDefault="00781910" w:rsidP="00B1234D">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>LIST OF SUPPORTED MODELS</w:t>
       </w:r>
     </w:p>
@@ -5595,95 +5745,95 @@
     </w:p>
     <w:p w14:paraId="51242535" w14:textId="77777777" w:rsidR="00C31AF8" w:rsidRPr="00FE7C7A" w:rsidRDefault="00C31AF8" w:rsidP="00C31AF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="666"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72B43F2A" w14:textId="77777777" w:rsidR="00F87319" w:rsidRPr="00FE7C7A" w:rsidRDefault="00F87319" w:rsidP="00F87319">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The manufacturer shall offer the option for factory pre-configuration of all hardware and software purchased from the manufacturer as an additional paid service</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07E81118" w14:textId="77777777" w:rsidR="00F87319" w:rsidRPr="00FE7C7A" w:rsidRDefault="00F87319" w:rsidP="00F87319">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>The manufacturer shall offer the option for remote or in person system commissionin</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>g as an additional paid service.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE4694F" w14:textId="77777777" w:rsidR="00F87319" w:rsidRPr="00FE7C7A" w:rsidRDefault="00F87319" w:rsidP="00F87319">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">- END OF SECTION - </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11A8E042" w14:textId="77777777" w:rsidR="00C833E2" w:rsidRPr="00FE7C7A" w:rsidRDefault="00C833E2" w:rsidP="00C833E2">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
@@ -5734,301 +5884,312 @@
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00FE7C7A" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="698A3DAE" w14:textId="77777777" w:rsidR="00B33C3F" w:rsidRDefault="00B33C3F" w:rsidP="006C76B9">
+    <w:p w14:paraId="09AA760F" w14:textId="77777777" w:rsidR="005F3E8A" w:rsidRDefault="005F3E8A" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="345D440F" w14:textId="77777777" w:rsidR="00B33C3F" w:rsidRDefault="00B33C3F" w:rsidP="006C76B9">
+    <w:p w14:paraId="208A90C4" w14:textId="77777777" w:rsidR="005F3E8A" w:rsidRDefault="005F3E8A" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat Medium">
     <w:panose1 w:val="00000600000000000000"/>
-    <w:charset w:val="4D"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Swis721 BT">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica 45 Light">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0403020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat SemiBold">
     <w:panose1 w:val="00000700000000000000"/>
-    <w:charset w:val="4D"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="265F05A0" w14:textId="2F19583D" w:rsidR="00E25E46" w:rsidRPr="00FE7C7A" w:rsidRDefault="00D4486A" w:rsidP="00E25E46">
+  <w:p w14:paraId="265F05A0" w14:textId="0601ED80" w:rsidR="00E25E46" w:rsidRPr="00FE7C7A" w:rsidRDefault="00D4486A" w:rsidP="00E25E46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FE7C7A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00AD1507">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8052</w:t>
     </w:r>
     <w:r w:rsidRPr="00FE7C7A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00077B18">
+    <w:r w:rsidR="00F06840">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>C</w:t>
+      <w:t>D</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="26678E30" w14:textId="77777777" w:rsidR="00D4486A" w:rsidRDefault="00D4486A" w:rsidP="00E25E46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5430E7E0" w14:textId="3F0CBAFD" w:rsidR="00E25E46" w:rsidRPr="00FE7C7A" w:rsidRDefault="00D4486A" w:rsidP="00E25E46">
+  <w:p w14:paraId="5430E7E0" w14:textId="29004B7E" w:rsidR="00E25E46" w:rsidRPr="00FE7C7A" w:rsidRDefault="00D4486A" w:rsidP="00E25E46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FE7C7A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00DD7103">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8052</w:t>
     </w:r>
     <w:r w:rsidRPr="00FE7C7A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00077B18">
+    <w:r w:rsidR="00F06840">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>C</w:t>
+      <w:t>D</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0EB2FB51" w14:textId="77777777" w:rsidR="00B33C3F" w:rsidRDefault="00B33C3F" w:rsidP="006C76B9">
+    <w:p w14:paraId="7C0B0857" w14:textId="77777777" w:rsidR="005F3E8A" w:rsidRDefault="005F3E8A" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16817893" w14:textId="77777777" w:rsidR="00B33C3F" w:rsidRDefault="00B33C3F" w:rsidP="006C76B9">
+    <w:p w14:paraId="4EF64D12" w14:textId="77777777" w:rsidR="005F3E8A" w:rsidRDefault="005F3E8A" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="2DF8BAFE" w14:textId="4844321D" w:rsidR="0020113E" w:rsidRPr="00FE7C7A" w:rsidRDefault="0020113E">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00FE7C7A">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t xml:space="preserve">OpenEye </w:t>
+          <w:t>OpenEye</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00FE7C7A">
+          <w:rPr>
+            <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00FD4E05" w:rsidRPr="00FE7C7A">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>OE-</w:t>
         </w:r>
         <w:r w:rsidR="007A0433" w:rsidRPr="00FE7C7A">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>M</w:t>
         </w:r>
         <w:r w:rsidR="00D4486A" w:rsidRPr="00FE7C7A">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>H</w:t>
         </w:r>
@@ -6232,57 +6393,67 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00214538">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00214538" w:rsidRPr="00ED1759">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00214538" w:rsidRPr="00FE7C7A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">OpenEye </w:t>
+      <w:t>OpenEye</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00214538" w:rsidRPr="00FE7C7A">
+      <w:rPr>
+        <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00FD4E05" w:rsidRPr="00FE7C7A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>OE-</w:t>
     </w:r>
     <w:r w:rsidR="00FA3417" w:rsidRPr="00FE7C7A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>MH</w:t>
     </w:r>
     <w:r w:rsidR="00C93563" w:rsidRPr="00FE7C7A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Gen </w:t>
     </w:r>
@@ -6533,51 +6704,51 @@
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="215209B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B02ABF02"/>
+    <w:tmpl w:val="B7781710"/>
     <w:lvl w:ilvl="0" w:tplc="B3623750">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -7679,50 +7850,163 @@
           <w:tab w:val="num" w:pos="4032"/>
         </w:tabs>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4608"/>
         </w:tabs>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56583FB0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A5EE4EBE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="576D428C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="548C0EB6"/>
     <w:lvl w:ilvl="0" w:tplc="AFE09AA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7768,51 +8052,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57923C47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="745EB3F4"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -7857,51 +8141,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EE1356B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CCD0C558"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="65CA5BAC">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Montserrat Medium" w:cs="Arial" w:hint="default"/>
@@ -7949,51 +8233,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F125728"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6218A186"/>
     <w:lvl w:ilvl="0" w:tplc="3468F48E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8039,51 +8323,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="731428B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8FA2D92"/>
     <w:lvl w:ilvl="0" w:tplc="32FC4530">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8129,51 +8413,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F7A463C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A7A87F7E"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="871489BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Montserrat Medium" w:cs="Arial" w:hint="default"/>
@@ -8264,149 +8548,156 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1428843098">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="382873833">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2115904461">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="498159358">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="773332369">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1077089285">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="377903486">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1710103908">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1590195127">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2100640751">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="858084581">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="550966876">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1697467652">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1493137842">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1260872890">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1412459995">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1632588322">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1290356390">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1565023372">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="961234019">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="542716230">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="387189386">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="894853892">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="965894762">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="257756200">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="847132759">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1815416555">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="564219661">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="2003728488">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1383289324">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1212882849">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1183131618">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1971861044">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="179390269">
     <w:abstractNumId w:val="12"/>
   </w:num>
+  <w:num w:numId="36" w16cid:durableId="152374663">
+    <w:abstractNumId w:val="14"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -8703,50 +8994,51 @@
     <w:rsid w:val="0054770F"/>
     <w:rsid w:val="005556C4"/>
     <w:rsid w:val="00555C7C"/>
     <w:rsid w:val="00557599"/>
     <w:rsid w:val="00557D45"/>
     <w:rsid w:val="00563EAA"/>
     <w:rsid w:val="0056474E"/>
     <w:rsid w:val="00577151"/>
     <w:rsid w:val="0057732E"/>
     <w:rsid w:val="005815C9"/>
     <w:rsid w:val="00592763"/>
     <w:rsid w:val="0059299D"/>
     <w:rsid w:val="00593B9D"/>
     <w:rsid w:val="0059628D"/>
     <w:rsid w:val="005A0F96"/>
     <w:rsid w:val="005A47D6"/>
     <w:rsid w:val="005A7B7E"/>
     <w:rsid w:val="005B055D"/>
     <w:rsid w:val="005B206A"/>
     <w:rsid w:val="005C2ACA"/>
     <w:rsid w:val="005D452D"/>
     <w:rsid w:val="005D4ADF"/>
     <w:rsid w:val="005D55DC"/>
     <w:rsid w:val="005F25E5"/>
     <w:rsid w:val="005F3B97"/>
+    <w:rsid w:val="005F3E8A"/>
     <w:rsid w:val="00603099"/>
     <w:rsid w:val="006051AE"/>
     <w:rsid w:val="00606A32"/>
     <w:rsid w:val="00607199"/>
     <w:rsid w:val="006117B0"/>
     <w:rsid w:val="006130D8"/>
     <w:rsid w:val="00644A1A"/>
     <w:rsid w:val="00645928"/>
     <w:rsid w:val="00656648"/>
     <w:rsid w:val="00662C2A"/>
     <w:rsid w:val="0067018A"/>
     <w:rsid w:val="0067399F"/>
     <w:rsid w:val="00674F44"/>
     <w:rsid w:val="00675EF0"/>
     <w:rsid w:val="00676C62"/>
     <w:rsid w:val="00681498"/>
     <w:rsid w:val="006836D7"/>
     <w:rsid w:val="00683FEB"/>
     <w:rsid w:val="00693B4A"/>
     <w:rsid w:val="006A6FB0"/>
     <w:rsid w:val="006B1838"/>
     <w:rsid w:val="006B27B2"/>
     <w:rsid w:val="006B5CF3"/>
     <w:rsid w:val="006B5DAA"/>
     <w:rsid w:val="006B6829"/>
@@ -8878,50 +9170,51 @@
     <w:rsid w:val="00912C82"/>
     <w:rsid w:val="009148E3"/>
     <w:rsid w:val="009178EE"/>
     <w:rsid w:val="00917D38"/>
     <w:rsid w:val="0092104B"/>
     <w:rsid w:val="00922EB9"/>
     <w:rsid w:val="00931FF8"/>
     <w:rsid w:val="0093234B"/>
     <w:rsid w:val="0093277C"/>
     <w:rsid w:val="00935041"/>
     <w:rsid w:val="009407E3"/>
     <w:rsid w:val="00950CFF"/>
     <w:rsid w:val="00960018"/>
     <w:rsid w:val="00970E2D"/>
     <w:rsid w:val="009710FE"/>
     <w:rsid w:val="009713B5"/>
     <w:rsid w:val="00974509"/>
     <w:rsid w:val="00977771"/>
     <w:rsid w:val="0098472E"/>
     <w:rsid w:val="00985BBC"/>
     <w:rsid w:val="00986A63"/>
     <w:rsid w:val="00994A5F"/>
     <w:rsid w:val="00995F59"/>
     <w:rsid w:val="009967A4"/>
     <w:rsid w:val="00996B58"/>
+    <w:rsid w:val="00997493"/>
     <w:rsid w:val="009A2A72"/>
     <w:rsid w:val="009A316E"/>
     <w:rsid w:val="009A6241"/>
     <w:rsid w:val="009A7F76"/>
     <w:rsid w:val="009B13BD"/>
     <w:rsid w:val="009B3057"/>
     <w:rsid w:val="009B3927"/>
     <w:rsid w:val="009B5F3B"/>
     <w:rsid w:val="009C37B7"/>
     <w:rsid w:val="009C723A"/>
     <w:rsid w:val="009D210F"/>
     <w:rsid w:val="009D3ED9"/>
     <w:rsid w:val="009E2911"/>
     <w:rsid w:val="009E2C88"/>
     <w:rsid w:val="009E4639"/>
     <w:rsid w:val="009E4FBD"/>
     <w:rsid w:val="009F5617"/>
     <w:rsid w:val="009F6961"/>
     <w:rsid w:val="009F7023"/>
     <w:rsid w:val="00A02A78"/>
     <w:rsid w:val="00A038C8"/>
     <w:rsid w:val="00A03FB2"/>
     <w:rsid w:val="00A05F3F"/>
     <w:rsid w:val="00A170E0"/>
     <w:rsid w:val="00A23938"/>
@@ -9132,50 +9425,51 @@
     <w:rsid w:val="00E847E2"/>
     <w:rsid w:val="00E913F0"/>
     <w:rsid w:val="00E91DAB"/>
     <w:rsid w:val="00E96520"/>
     <w:rsid w:val="00EA24D1"/>
     <w:rsid w:val="00EA24D8"/>
     <w:rsid w:val="00EA5D5B"/>
     <w:rsid w:val="00EB1BED"/>
     <w:rsid w:val="00EB2385"/>
     <w:rsid w:val="00EB4770"/>
     <w:rsid w:val="00EC3015"/>
     <w:rsid w:val="00EC4238"/>
     <w:rsid w:val="00EC6278"/>
     <w:rsid w:val="00EC63A1"/>
     <w:rsid w:val="00ED024D"/>
     <w:rsid w:val="00ED1759"/>
     <w:rsid w:val="00ED26FC"/>
     <w:rsid w:val="00ED43C0"/>
     <w:rsid w:val="00EE0915"/>
     <w:rsid w:val="00EE3951"/>
     <w:rsid w:val="00EE4344"/>
     <w:rsid w:val="00EF118D"/>
     <w:rsid w:val="00EF29D2"/>
     <w:rsid w:val="00EF3007"/>
     <w:rsid w:val="00EF7853"/>
+    <w:rsid w:val="00F06840"/>
     <w:rsid w:val="00F1220C"/>
     <w:rsid w:val="00F12ACA"/>
     <w:rsid w:val="00F16129"/>
     <w:rsid w:val="00F207D7"/>
     <w:rsid w:val="00F21D5C"/>
     <w:rsid w:val="00F21E4C"/>
     <w:rsid w:val="00F23459"/>
     <w:rsid w:val="00F241CB"/>
     <w:rsid w:val="00F24F9B"/>
     <w:rsid w:val="00F27E4D"/>
     <w:rsid w:val="00F347AC"/>
     <w:rsid w:val="00F36EB6"/>
     <w:rsid w:val="00F411C2"/>
     <w:rsid w:val="00F415A1"/>
     <w:rsid w:val="00F44BD0"/>
     <w:rsid w:val="00F45639"/>
     <w:rsid w:val="00F522A1"/>
     <w:rsid w:val="00F56BDD"/>
     <w:rsid w:val="00F56DC9"/>
     <w:rsid w:val="00F60868"/>
     <w:rsid w:val="00F61E9F"/>
     <w:rsid w:val="00F6301C"/>
     <w:rsid w:val="00F63294"/>
     <w:rsid w:val="00F71670"/>
     <w:rsid w:val="00F74101"/>
@@ -10034,50 +10328,65 @@
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009713B5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A3">
     <w:name w:val="A3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE6AFE"/>
     <w:rPr>
       <w:rFonts w:cs="Helvetica 45 Light"/>
       <w:color w:val="000000"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F06840"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="152766928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="749498498">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -10461,68 +10770,68 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{511E8033-75FD-45CB-95B1-2EA9EBB8BFC4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1344</Words>
-  <Characters>7665</Characters>
+  <Words>1332</Words>
+  <Characters>7596</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>63</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8992</CharactersWithSpaces>
+  <CharactersWithSpaces>8911</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>