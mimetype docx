--- v1 (2025-11-30)
+++ v2 (2026-02-06)
@@ -2145,167 +2145,143 @@
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall have </w:t>
       </w:r>
       <w:r w:rsidR="008C7983" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the ETL </w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>certification clearly marked on the product and box label.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9BAAD9" w14:textId="77777777" w:rsidR="00544DDD" w:rsidRPr="00FE7C7A" w:rsidRDefault="00237490" w:rsidP="00F63294">
+    <w:p w14:paraId="7B9BAAD9" w14:textId="357F170B" w:rsidR="00544DDD" w:rsidRPr="00FE7C7A" w:rsidRDefault="00237490" w:rsidP="00F63294">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Dimensions</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007845E5" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>W:</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">W: 17 x H: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E913F0" w:rsidRPr="00FE7C7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidR="007845E5" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 17.25 x </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>.2 x D: 26in (43</w:t>
+      </w:r>
+      <w:r w:rsidR="00276CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r w:rsidR="007845E5" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>H:</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> x 132</w:t>
       </w:r>
       <w:r w:rsidR="00E913F0" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> x 660</w:t>
+        <w:t xml:space="preserve"> x 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00276CEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>58.6</w:t>
       </w:r>
       <w:r w:rsidR="00F63294" w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mm).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DF63893" w14:textId="77777777" w:rsidR="00544DDD" w:rsidRPr="00FE7C7A" w:rsidRDefault="008677F2" w:rsidP="00F63294">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
@@ -5884,61 +5860,61 @@
       <w:r w:rsidRPr="00FE7C7A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00FE7C7A" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09AA760F" w14:textId="77777777" w:rsidR="005F3E8A" w:rsidRDefault="005F3E8A" w:rsidP="006C76B9">
+    <w:p w14:paraId="120226FB" w14:textId="77777777" w:rsidR="008B1993" w:rsidRDefault="008B1993" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="208A90C4" w14:textId="77777777" w:rsidR="005F3E8A" w:rsidRDefault="005F3E8A" w:rsidP="006C76B9">
+    <w:p w14:paraId="070B44F3" w14:textId="77777777" w:rsidR="008B1993" w:rsidRDefault="008B1993" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -6081,61 +6057,61 @@
       <w:t>8052</w:t>
     </w:r>
     <w:r w:rsidRPr="00FE7C7A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
     <w:r w:rsidR="00F06840">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>D</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C0B0857" w14:textId="77777777" w:rsidR="005F3E8A" w:rsidRDefault="005F3E8A" w:rsidP="006C76B9">
+    <w:p w14:paraId="43BA7BD0" w14:textId="77777777" w:rsidR="008B1993" w:rsidRDefault="008B1993" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EF64D12" w14:textId="77777777" w:rsidR="005F3E8A" w:rsidRDefault="005F3E8A" w:rsidP="006C76B9">
+    <w:p w14:paraId="21EC46C6" w14:textId="77777777" w:rsidR="008B1993" w:rsidRDefault="008B1993" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
       </w:rPr>
@@ -8652,83 +8628,84 @@
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1183131618">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1971861044">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="179390269">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="152374663">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00406554"/>
     <w:rsid w:val="0000123B"/>
     <w:rsid w:val="00004834"/>
     <w:rsid w:val="0000636C"/>
     <w:rsid w:val="00006920"/>
     <w:rsid w:val="00007755"/>
+    <w:rsid w:val="000124C5"/>
     <w:rsid w:val="00013B9C"/>
     <w:rsid w:val="000161C8"/>
     <w:rsid w:val="00020681"/>
     <w:rsid w:val="00024205"/>
     <w:rsid w:val="00027DFA"/>
     <w:rsid w:val="0003137E"/>
     <w:rsid w:val="00034227"/>
     <w:rsid w:val="00041563"/>
     <w:rsid w:val="00043387"/>
     <w:rsid w:val="00045423"/>
     <w:rsid w:val="000503A6"/>
     <w:rsid w:val="00055BF9"/>
     <w:rsid w:val="000606A9"/>
     <w:rsid w:val="00064A28"/>
     <w:rsid w:val="000656D9"/>
     <w:rsid w:val="000744C8"/>
     <w:rsid w:val="00077B18"/>
     <w:rsid w:val="00082AC4"/>
     <w:rsid w:val="00086C5E"/>
     <w:rsid w:val="00093065"/>
     <w:rsid w:val="00095205"/>
     <w:rsid w:val="000A0151"/>
     <w:rsid w:val="000A2456"/>
     <w:rsid w:val="000A43DB"/>
     <w:rsid w:val="000B1301"/>
@@ -8795,50 +8772,51 @@
     <w:rsid w:val="00210558"/>
     <w:rsid w:val="00211147"/>
     <w:rsid w:val="00214538"/>
     <w:rsid w:val="002230F6"/>
     <w:rsid w:val="00225E9E"/>
     <w:rsid w:val="00226F97"/>
     <w:rsid w:val="00227EAF"/>
     <w:rsid w:val="00232476"/>
     <w:rsid w:val="00234673"/>
     <w:rsid w:val="00237490"/>
     <w:rsid w:val="00244D12"/>
     <w:rsid w:val="00254FA3"/>
     <w:rsid w:val="00256946"/>
     <w:rsid w:val="00261FCD"/>
     <w:rsid w:val="002622B6"/>
     <w:rsid w:val="00262816"/>
     <w:rsid w:val="00263030"/>
     <w:rsid w:val="002636DD"/>
     <w:rsid w:val="00263E04"/>
     <w:rsid w:val="00264910"/>
     <w:rsid w:val="002711E1"/>
     <w:rsid w:val="00274212"/>
     <w:rsid w:val="00274D95"/>
     <w:rsid w:val="002752D3"/>
     <w:rsid w:val="00275F18"/>
+    <w:rsid w:val="00276CEF"/>
     <w:rsid w:val="00280AF1"/>
     <w:rsid w:val="002827E0"/>
     <w:rsid w:val="00282C23"/>
     <w:rsid w:val="00283029"/>
     <w:rsid w:val="00286CD2"/>
     <w:rsid w:val="00290C09"/>
     <w:rsid w:val="0029102A"/>
     <w:rsid w:val="00291343"/>
     <w:rsid w:val="00291A4B"/>
     <w:rsid w:val="00291F8B"/>
     <w:rsid w:val="002970A6"/>
     <w:rsid w:val="002A15BA"/>
     <w:rsid w:val="002A226B"/>
     <w:rsid w:val="002A2729"/>
     <w:rsid w:val="002A3DEC"/>
     <w:rsid w:val="002A55B4"/>
     <w:rsid w:val="002A71EC"/>
     <w:rsid w:val="002A7ADD"/>
     <w:rsid w:val="002B3C5F"/>
     <w:rsid w:val="002B3CCA"/>
     <w:rsid w:val="002B4B81"/>
     <w:rsid w:val="002B63DF"/>
     <w:rsid w:val="002B66B2"/>
     <w:rsid w:val="002B7E01"/>
     <w:rsid w:val="002C1BD2"/>
@@ -9122,50 +9100,51 @@
     <w:rsid w:val="00822FF8"/>
     <w:rsid w:val="00825043"/>
     <w:rsid w:val="00827485"/>
     <w:rsid w:val="008342FF"/>
     <w:rsid w:val="00836F1A"/>
     <w:rsid w:val="0083749D"/>
     <w:rsid w:val="00841169"/>
     <w:rsid w:val="008422AE"/>
     <w:rsid w:val="00843621"/>
     <w:rsid w:val="00845EE2"/>
     <w:rsid w:val="00854355"/>
     <w:rsid w:val="008548D7"/>
     <w:rsid w:val="00855887"/>
     <w:rsid w:val="008605CF"/>
     <w:rsid w:val="008677F2"/>
     <w:rsid w:val="00876518"/>
     <w:rsid w:val="00876D76"/>
     <w:rsid w:val="00881431"/>
     <w:rsid w:val="008823D9"/>
     <w:rsid w:val="0088265D"/>
     <w:rsid w:val="0088751C"/>
     <w:rsid w:val="00892702"/>
     <w:rsid w:val="00893E4E"/>
     <w:rsid w:val="008A0A67"/>
     <w:rsid w:val="008A23D9"/>
+    <w:rsid w:val="008B1993"/>
     <w:rsid w:val="008B2288"/>
     <w:rsid w:val="008B4039"/>
     <w:rsid w:val="008C7983"/>
     <w:rsid w:val="008D14BF"/>
     <w:rsid w:val="008D397A"/>
     <w:rsid w:val="008D3F0A"/>
     <w:rsid w:val="008D60E0"/>
     <w:rsid w:val="008D70CA"/>
     <w:rsid w:val="008E2A39"/>
     <w:rsid w:val="008E2E58"/>
     <w:rsid w:val="008E3071"/>
     <w:rsid w:val="008E492D"/>
     <w:rsid w:val="008E4FEA"/>
     <w:rsid w:val="008E710F"/>
     <w:rsid w:val="008F0DA9"/>
     <w:rsid w:val="008F1508"/>
     <w:rsid w:val="008F16ED"/>
     <w:rsid w:val="008F50B9"/>
     <w:rsid w:val="00901F95"/>
     <w:rsid w:val="00902213"/>
     <w:rsid w:val="00911475"/>
     <w:rsid w:val="0091265A"/>
     <w:rsid w:val="00912975"/>
     <w:rsid w:val="00912C82"/>
     <w:rsid w:val="009148E3"/>
@@ -10771,67 +10750,67 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{511E8033-75FD-45CB-95B1-2EA9EBB8BFC4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
   <Words>1332</Words>
-  <Characters>7596</Characters>
+  <Characters>7595</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>63</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8911</CharactersWithSpaces>
+  <CharactersWithSpaces>8910</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>