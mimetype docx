--- v0 (2025-10-22)
+++ v1 (2025-11-30)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="65B87328" w14:textId="77777777" w:rsidR="00406554" w:rsidRDefault="00406554" w:rsidP="00406554">
       <w:pPr>
         <w:pStyle w:val="TitleOfSection"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7026C249" w14:textId="67D5F6A1" w:rsidR="00406554" w:rsidRPr="00970686" w:rsidRDefault="00274D95" w:rsidP="00ED26FC">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>OE-MK</w:t>
       </w:r>
@@ -115,200 +115,207 @@
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NEYE NVR CLOUD-MANAGED SERVER</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00406554" w:rsidRPr="00970686">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
             <w:color w:val="4F81BD" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>www.openeye.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="19F854EC" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="006B5CF3">
+    <w:p w14:paraId="11F0CC70" w14:textId="77777777" w:rsidR="006156EE" w:rsidRDefault="006156EE" w:rsidP="006156EE">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DIVISION 28 - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ELECTRONIC SAFETY AND SECURITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DDFAC9E" w14:textId="77777777" w:rsidR="006156EE" w:rsidRDefault="006156EE" w:rsidP="006156EE">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 00 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68EE119F" w14:textId="77777777" w:rsidR="006156EE" w:rsidRDefault="006156EE" w:rsidP="006156EE">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 20 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Video Surveillance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1026F401" w14:textId="77777777" w:rsidR="006156EE" w:rsidRDefault="006156EE" w:rsidP="006156EE">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 05 19 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Storage Appliances for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D09C39B" w14:textId="090109A9" w:rsidR="006B5CF3" w:rsidRPr="006156EE" w:rsidRDefault="006156EE" w:rsidP="006156EE">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 23 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Video Management System</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AA1E620" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="006B5CF3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc334350689"/>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">DIVISION 28 – </w:t>
-[...135 lines deleted...]
-        </w:rPr>
         <w:t>PART 1 GENERAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60064B24" w14:textId="77777777" w:rsidR="00D041D6" w:rsidRPr="00D041D6" w:rsidRDefault="00D041D6" w:rsidP="00D041D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C7D8508" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="00D041D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
@@ -430,650 +437,644 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Online Web Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C76442A" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00970686" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="795"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7021E682" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+    <w:p w14:paraId="7021E682" w14:textId="26AAAA57" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>References</w:t>
+        <w:t>Re</w:t>
+      </w:r>
+      <w:r w:rsidR="006156EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>lated Requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F94EE9A" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00970686" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="795"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F928101" w14:textId="77777777" w:rsidR="00557599" w:rsidRPr="00970686" w:rsidRDefault="00557599" w:rsidP="00390821">
+    <w:p w14:paraId="2CBCD020" w14:textId="77777777" w:rsidR="006156EE" w:rsidRPr="006156EE" w:rsidRDefault="006156EE" w:rsidP="006156EE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="626BF541" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00970686" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006156EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>28 05 00 Common Work Results for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62891AF0" w14:textId="77777777" w:rsidR="006156EE" w:rsidRPr="006156EE" w:rsidRDefault="006156EE" w:rsidP="006156EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006156EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>28 05 25 Cloud Based Storage for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40DB55AF" w14:textId="77777777" w:rsidR="006156EE" w:rsidRPr="006156EE" w:rsidRDefault="006156EE" w:rsidP="006156EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006156EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>28 05 19.11 Digital Video Recorders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3972F503" w14:textId="77777777" w:rsidR="006156EE" w:rsidRPr="006156EE" w:rsidRDefault="006156EE" w:rsidP="006156EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006156EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>28 05 19.15 Network Video Recorders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1ED3E8" w14:textId="2DFAF48A" w:rsidR="004966EA" w:rsidRPr="006156EE" w:rsidRDefault="006156EE" w:rsidP="006156EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006156EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>28 23 13 Video Management System Interfaces</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B432FD" w14:textId="77777777" w:rsidR="009E2C88" w:rsidRPr="00970686" w:rsidRDefault="009E2C88" w:rsidP="009E2C88">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1515"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="62AC9C0C" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+          <w:color w:val="00B0F0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1614E73C" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="12EB659C" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00970686" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>SUBMITTALS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF79BAC" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00970686" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="666"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="481BFC23" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="009E2C88" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Manufacturer’s</w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CF3" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data sheets in digital or printed form</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A49EB5" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00970686" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="795"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A697758" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="004966EA" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manufacturer’s </w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CF3" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>installation and operations manuals in digital or printed form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1452E4" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00970686" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="795"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05BCF290" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>QUALIFICATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB229FF" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00970686" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="666"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A01F182" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Manufacturer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="579AC1D8" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00970686" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="795"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="670B6F75" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="00E25E46">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Manufacturer shall have been in business for more than 10 years</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CBFBC3D" w14:textId="77777777" w:rsidR="00E25E46" w:rsidRPr="00970686" w:rsidRDefault="00E25E46" w:rsidP="00E25E46">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1515"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BA5BEB4" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+    <w:p w14:paraId="22A536BF" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="5091DF99" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00970686" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Installer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3731F4E9" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00970686" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1515"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="073BD31E" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="00F42EC1">
+    <w:p w14:paraId="128D58FA" w14:textId="70947593" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="8"/>
-[...32 lines deleted...]
-    <w:p w14:paraId="42B432FD" w14:textId="77777777" w:rsidR="009E2C88" w:rsidRPr="00970686" w:rsidRDefault="009E2C88" w:rsidP="009E2C88">
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All installation, configuration, </w:t>
+      </w:r>
+      <w:r w:rsidR="006E39EF" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>setup,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and related work shall be performed by an authorized technician certified by the manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="539B297D" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00970686" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1515"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
-          <w:color w:val="00B0F0"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1614E73C" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="029382DF" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>All installation shall be performed by a technician licensed to install and service video surveillance and security equipment as mandated by the authority having jurisdiction</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70104C0C" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00970686" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1515"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C425A8E" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00970686" w:rsidRDefault="000E68A7" w:rsidP="000E68A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>SUBMITTALS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3AF79BAC" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00970686" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+        <w:t xml:space="preserve">WARRANTY &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>SUPPORT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5898BD3F" w14:textId="77777777" w:rsidR="004235F0" w:rsidRPr="00970686" w:rsidRDefault="004235F0" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="666"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="481BFC23" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="009E2C88" w:rsidP="00390821">
-[...302 lines deleted...]
-    <w:p w14:paraId="76A0F48C" w14:textId="66252926" w:rsidR="000E68A7" w:rsidRPr="00970686" w:rsidRDefault="007438C7" w:rsidP="004235F0">
+    <w:p w14:paraId="76A0F48C" w14:textId="28BE1FD7" w:rsidR="000E68A7" w:rsidRPr="00970686" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>The Network Video Recorder</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall come with a minimum </w:t>
       </w:r>
+      <w:r w:rsidR="006156EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidR="006E39EF" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>3-year</w:t>
+        <w:t>-year</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> manufacturer’s warranty with the 1st year including advance replacement service.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17D296D3" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00970686" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Network Video Recorder </w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>shall come with a heroic customer service support structure, including a 1-888 number for technical service, pre and post sales assistance, and full access to online technical support as well as online sales support.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04F0C8CA" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00970686" w:rsidRDefault="000E68A7" w:rsidP="004235F0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Paragraph"/>
+    <w:p w14:paraId="1652E680" w14:textId="77777777" w:rsidR="006156EE" w:rsidRDefault="006156EE" w:rsidP="006156EE">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:rPr>
-[...12 lines deleted...]
-      </w:r>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Technical support shall be available weekdays from 5 a.m. to 5 p.m. PST.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19CD77EC" w14:textId="77777777" w:rsidR="006156EE" w:rsidRDefault="006156EE" w:rsidP="006156EE">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="435"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2453A056" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00970686" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>System</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> updates and patches shall be available free of charge. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="373ACA80" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00970686" w:rsidRDefault="004966EA" w:rsidP="004966EA">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="696D42B9" w14:textId="0F02F2B8" w:rsidR="00B70F31" w:rsidRPr="00970686" w:rsidRDefault="006B5CF3" w:rsidP="00970686">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
@@ -1266,50 +1267,51 @@
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58D9AA07" w14:textId="77777777" w:rsidR="00406554" w:rsidRPr="00970686" w:rsidRDefault="00406554" w:rsidP="00C81CE9">
       <w:pPr>
         <w:pStyle w:val="Article"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>STANDARDS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="315CADEE" w14:textId="77777777" w:rsidR="00406554" w:rsidRPr="00970686" w:rsidRDefault="005B206A" w:rsidP="00994A5F">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00970686">
@@ -1772,60 +1774,58 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Environmental Condit</w:t>
       </w:r>
       <w:r w:rsidR="006051AE" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ions: </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005B206A" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="006051AE" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007F52E1" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Network Video Recorder</w:t>
       </w:r>
       <w:r w:rsidR="00355CD9" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C69A3" w:rsidRPr="00970686">
@@ -2090,51 +2090,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Product Label Requirements:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71CC937D" w14:textId="481E449F" w:rsidR="00254FA3" w:rsidRPr="00970686" w:rsidRDefault="00254FA3" w:rsidP="00B1234D">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00F63294" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Network Video Recorder</w:t>
       </w:r>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall have </w:t>
       </w:r>
       <w:r w:rsidR="008C7983" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the ETL</w:t>
@@ -2166,57 +2165,103 @@
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Dimensions</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E913F0" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>W: 17.2 x H: 3.5 x D: 26in (438 x 88 x 660</w:t>
+        <w:t>W:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E913F0" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17.2 x </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E913F0" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>H:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E913F0" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.5 x </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E913F0" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E913F0" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26in (438 x 88 x 660</w:t>
       </w:r>
       <w:r w:rsidR="00F63294" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mm).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A09B8FE" w14:textId="77777777" w:rsidR="00544DDD" w:rsidRPr="00970686" w:rsidRDefault="008677F2" w:rsidP="00F63294">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
@@ -2364,50 +2409,51 @@
         <w:t xml:space="preserve"> shall: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4954AA5D" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00970686" w:rsidRDefault="00526E32" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Be </w:t>
       </w:r>
       <w:r w:rsidR="001406B1" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>assembled in the U.S.A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50189836" w14:textId="1D80BE18" w:rsidR="001406B1" w:rsidRPr="00970686" w:rsidRDefault="008C7983" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2494,69 +2540,51 @@
         </w:rPr>
         <w:t>32</w:t>
       </w:r>
       <w:r w:rsidR="001406B1" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gigabytes of </w:t>
       </w:r>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">DDR4 </w:t>
       </w:r>
       <w:r w:rsidR="001406B1" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">system </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">system memory </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B5EA98D" w14:textId="77777777" w:rsidR="00E81400" w:rsidRPr="00723D23" w:rsidRDefault="00E81400" w:rsidP="00E81400">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Include </w:t>
@@ -3022,51 +3050,50 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E5C5E5F" w14:textId="1197DCAC" w:rsidR="008C7983" w:rsidRPr="00970686" w:rsidRDefault="00280AF1" w:rsidP="00400101">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="008C7983" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ome standard with a single</w:t>
       </w:r>
       <w:r w:rsidR="006C5EF0" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006C5EF0" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3268,50 +3295,51 @@
         </w:rPr>
         <w:t xml:space="preserve">  64.0 Terabytes</w:t>
       </w:r>
       <w:r w:rsidR="00043387" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0001152B" w14:textId="054604A4" w:rsidR="00127D7E" w:rsidRPr="00970686" w:rsidRDefault="00127D7E" w:rsidP="001C5BEE">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  80.0 Terabytes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A2CBE0C" w14:textId="6C1572D7" w:rsidR="00282087" w:rsidRPr="00970686" w:rsidRDefault="00282087" w:rsidP="001C5BEE">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">  96.0 Terabytes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DE3805E" w14:textId="69A161DA" w:rsidR="00D8707F" w:rsidRPr="00970686" w:rsidRDefault="00D8707F" w:rsidP="001C5BEE">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
@@ -3585,51 +3613,50 @@
       </w:r>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79811EDC" w14:textId="77777777" w:rsidR="00E06144" w:rsidRPr="00970686" w:rsidRDefault="00E06144" w:rsidP="00E06144">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> Only use high performance Enterprise rated hard drives engineered for reliability and 24x7 “always on” “RAID” environments.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6989E3AB" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00970686" w:rsidRDefault="00A76D79" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3722,147 +3749,136 @@
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Provide a full auto-swi</w:t>
       </w:r>
       <w:r w:rsidR="00A76D79" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">tching power supply rated at </w:t>
-[...8 lines deleted...]
-        <w:t>650</w:t>
+        <w:t>tching power supply rated at 650</w:t>
       </w:r>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="121D2B20" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00970686" w:rsidRDefault="009E2911" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support up to 4K</w:t>
       </w:r>
       <w:r w:rsidR="001406B1" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> maximum display </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> maximum display resolution</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="040C1856" w14:textId="66574D55" w:rsidR="001406B1" w:rsidRPr="00970686" w:rsidRDefault="001406B1" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Have the ability to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> easily backup important video to an external cloud-managed location, or a USB device.  The recorder must not stop recording during the backup process. To ensure the integrity of data, the cloud-managed appliance shall use a proprietary viewer that can detect image tampering. </w:t>
+        <w:t xml:space="preserve"> easily backup important video to an external cloud-managed location, or a USB device.  The recorder must not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">stop recording during the backup process. To ensure the integrity of data, the cloud-managed appliance shall use a proprietary viewer that can detect image tampering. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F0E4713" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00970686" w:rsidRDefault="001406B1" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Include a minimum of the followi</w:t>
@@ -4108,102 +4124,82 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>One HDMI connectors with a maximum 4K display</w:t>
       </w:r>
       <w:r w:rsidR="00654981">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>resolution</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="33F0884B" w14:textId="77777777" w:rsidR="00400101" w:rsidRPr="00970686" w:rsidRDefault="00400101" w:rsidP="00400101">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">One D-Sub connector with a maximum 1080P display </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">One D-Sub connector with a maximum 1080P display resolution </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DA96D67" w14:textId="2F27B1B5" w:rsidR="00400101" w:rsidRPr="00970686" w:rsidRDefault="00E81400" w:rsidP="00400101">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Two</w:t>
@@ -4414,61 +4410,52 @@
         </w:rPr>
         <w:t>Slide</w:t>
       </w:r>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10440B7C" w14:textId="77777777" w:rsidR="007C400A" w:rsidRPr="00970686" w:rsidRDefault="007C400A" w:rsidP="007C400A">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">   OpenEye branded front locking bezel</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1D793D8F" w14:textId="77777777" w:rsidR="0098472E" w:rsidRPr="00970686" w:rsidRDefault="00781910" w:rsidP="00B1234D">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>LIST OF SUPPORTED MODELS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F3B628D" w14:textId="77777777" w:rsidR="00BB021D" w:rsidRPr="00970686" w:rsidRDefault="000E3AB7" w:rsidP="00BB021D">
       <w:pPr>
@@ -4812,50 +4799,51 @@
           <w:tcPr>
             <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0F29F9A4" w14:textId="52221B6C" w:rsidR="00D8707F" w:rsidRPr="00970686" w:rsidRDefault="00D8707F" w:rsidP="00D8707F">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat Medium" w:eastAsia="Times New Roman" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00970686">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>OE-MKX96*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="585ACBB6" w14:textId="5AADEE7C" w:rsidR="00D8707F" w:rsidRPr="00970686" w:rsidRDefault="00D8707F" w:rsidP="00D8707F">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat Medium" w:eastAsia="Times New Roman" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00970686">
               <w:rPr>
@@ -5509,51 +5497,50 @@
         </w:rPr>
         <w:t>The manufacturer shall offer the option for factory pre-configuration of all hardware and software purchased from the manufacturer as an additional paid service</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EA13B7E" w14:textId="77777777" w:rsidR="00F87319" w:rsidRPr="00970686" w:rsidRDefault="00F87319" w:rsidP="00F87319">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The manufacturer shall offer the option for remote or in person system commissionin</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>g as an additional paid service.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A73F975" w14:textId="77777777" w:rsidR="00F87319" w:rsidRPr="00970686" w:rsidRDefault="00F87319" w:rsidP="00F87319">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">- END OF SECTION - </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E35EF8C" w14:textId="77777777" w:rsidR="00C833E2" w:rsidRPr="00557599" w:rsidRDefault="00C833E2" w:rsidP="00C833E2">
       <w:pPr>
@@ -5598,295 +5585,308 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00970686" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E676378" w14:textId="77777777" w:rsidR="00214538" w:rsidRDefault="00214538" w:rsidP="006C76B9">
+    <w:p w14:paraId="45591438" w14:textId="77777777" w:rsidR="00657318" w:rsidRDefault="00657318" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="262A72EA" w14:textId="77777777" w:rsidR="00214538" w:rsidRDefault="00214538" w:rsidP="006C76B9">
+    <w:p w14:paraId="3A9D434B" w14:textId="77777777" w:rsidR="00657318" w:rsidRDefault="00657318" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat Medium">
+    <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Swis721 BT">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica 45 Light">
     <w:altName w:val="Arial"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0403020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat SemiBold">
+    <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2F203C2A" w14:textId="4D78A1D8" w:rsidR="00E25E46" w:rsidRPr="00970686" w:rsidRDefault="00970E2D" w:rsidP="00E25E46">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2F203C2A" w14:textId="6EBDD38C" w:rsidR="00E25E46" w:rsidRPr="00970686" w:rsidRDefault="00970E2D" w:rsidP="00E25E46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00970686">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00F42EC1">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8053</w:t>
     </w:r>
     <w:r w:rsidRPr="00970686">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00F42EC1">
+    <w:r w:rsidR="001F069A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>A</w:t>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="083BD40A" w14:textId="269034AE" w:rsidR="00E25E46" w:rsidRPr="00970686" w:rsidRDefault="00274D95" w:rsidP="00E25E46">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="083BD40A" w14:textId="2250904E" w:rsidR="00E25E46" w:rsidRPr="00970686" w:rsidRDefault="00274D95" w:rsidP="00E25E46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00970686">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00F42EC1">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8053</w:t>
     </w:r>
     <w:r w:rsidRPr="00970686">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00F42EC1">
+    <w:r w:rsidR="001F069A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>A</w:t>
+      <w:t>B</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37DD41BA" w14:textId="77777777" w:rsidR="00214538" w:rsidRDefault="00214538" w:rsidP="006C76B9">
+    <w:p w14:paraId="3C365487" w14:textId="77777777" w:rsidR="00657318" w:rsidRDefault="00657318" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39F301BB" w14:textId="77777777" w:rsidR="00214538" w:rsidRDefault="00214538" w:rsidP="006C76B9">
+    <w:p w14:paraId="6CBD3472" w14:textId="77777777" w:rsidR="00657318" w:rsidRDefault="00657318" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="73C35B05" w14:textId="54FCFB51" w:rsidR="0020113E" w:rsidRPr="00970686" w:rsidRDefault="0020113E">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00970686">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t xml:space="preserve">OpenEye </w:t>
+          <w:t>OpenEye</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00970686">
+          <w:rPr>
+            <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00FD4E05" w:rsidRPr="00970686">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>OE-</w:t>
         </w:r>
         <w:r w:rsidR="007A0433" w:rsidRPr="00970686">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>M</w:t>
         </w:r>
         <w:r w:rsidR="00274D95" w:rsidRPr="00970686">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>K</w:t>
         </w:r>
@@ -6008,51 +6008,51 @@
         <w:r w:rsidR="00876D76" w:rsidRPr="00970686">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="79C52B19" w14:textId="77777777" w:rsidR="00214538" w:rsidRPr="00ED1759" w:rsidRDefault="00214538" w:rsidP="00ED1759">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="591B3DE2" w14:textId="7C7ABA40" w:rsidR="00214538" w:rsidRPr="00970686" w:rsidRDefault="00970686" w:rsidP="00ED1759">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33B470B6" wp14:editId="5A421679">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-352425</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-180975</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2785047" cy="640080"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -6090,118 +6090,214 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00214538">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00214538" w:rsidRPr="00ED1759">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00214538" w:rsidRPr="00970686">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">OpenEye </w:t>
+      <w:t>OpenEye</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="00214538" w:rsidRPr="00970686">
+      <w:rPr>
+        <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00FD4E05" w:rsidRPr="00970686">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>OE-</w:t>
     </w:r>
     <w:r w:rsidR="00274D95" w:rsidRPr="00970686">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>MK</w:t>
     </w:r>
     <w:r w:rsidR="009926BD" w:rsidRPr="00970686">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Gen </w:t>
     </w:r>
     <w:r w:rsidR="00F42EC1">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0521E49E" w14:textId="77777777" w:rsidR="001A276D" w:rsidRDefault="001A276D"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00394A05"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BD76E6FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="079630AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9A924FAA"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1515" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2235" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2955" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3675" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4395" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5115" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5835" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6555" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7275" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C1F3821"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B86CB598"/>
     <w:lvl w:ilvl="0" w:tplc="2BC22D02">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6247,51 +6343,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11B8714B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="BulletList"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6388,51 +6484,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="215209B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B02ABF02"/>
     <w:lvl w:ilvl="0" w:tplc="B3623750">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6478,51 +6574,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CA2795D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0316BAC6"/>
     <w:lvl w:ilvl="0" w:tplc="BB16E40E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6568,51 +6664,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FD53949"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E126010"/>
     <w:lvl w:ilvl="0" w:tplc="B728FA34">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1512" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Montserrat Medium" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2232" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -6657,51 +6753,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5832" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6552" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7272" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33284D42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C2EC07E"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F97822B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -6752,51 +6848,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A977FC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3722214"/>
     <w:lvl w:ilvl="0" w:tplc="A95836C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6842,51 +6938,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EFB587E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13A864A8"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F97822B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -6934,51 +7030,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40DF7315"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8D96608C"/>
     <w:styleLink w:val="Style1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SECTION %1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="666"/>
@@ -7075,51 +7171,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4032"/>
         </w:tabs>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4608"/>
         </w:tabs>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="420B63B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23189438"/>
     <w:lvl w:ilvl="0" w:tplc="72187900">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -7164,51 +7260,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46015B67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8FA2D92"/>
     <w:lvl w:ilvl="0" w:tplc="32FC4530">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7254,51 +7350,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B4A276D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FD265616"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Part"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SECTION %1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1674" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Article"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7398,51 +7494,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4032"/>
         </w:tabs>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4608"/>
         </w:tabs>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52456F20"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E2EC21BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SECTION %1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="666"/>
@@ -7536,51 +7632,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4032"/>
         </w:tabs>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4608"/>
         </w:tabs>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="576D428C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="548C0EB6"/>
     <w:lvl w:ilvl="0" w:tplc="AFE09AA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7626,51 +7722,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57923C47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="745EB3F4"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -7715,51 +7811,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EE1356B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4AA85BCC"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="36CEF424">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Montserrat Medium" w:cs="Arial" w:hint="default"/>
@@ -7807,51 +7903,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66761942"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A5EE4EBE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F125728"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6218A186"/>
     <w:lvl w:ilvl="0" w:tplc="3468F48E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7897,51 +8106,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="731428B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8FA2D92"/>
     <w:lvl w:ilvl="0" w:tplc="32FC4530">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7987,51 +8196,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F7A463C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71E01BD8"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7AB4D7CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Montserrat Medium" w:cs="Arial" w:hint="default"/>
@@ -8080,195 +8289,204 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1872723240">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="308360878">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="132144847">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="142086605">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="412357503">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1040859823">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1326666023">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="569778856">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="148138716">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1387872946">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="574894161">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="651525921">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="663125250">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1117915916">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="130054637">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1834485841">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1123381732">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1312752861">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1391227353">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="132144847">
-[...2 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="142086605">
+  <w:num w:numId="20" w16cid:durableId="671026630">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="412357503">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="21" w16cid:durableId="1373071207">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1040859823">
-[...2 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="1326666023">
+  <w:num w:numId="22" w16cid:durableId="1720590051">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="569778856">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="23" w16cid:durableId="173302199">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="148138716">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="24" w16cid:durableId="650645092">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1387872946">
+  <w:num w:numId="25" w16cid:durableId="3287499">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="516575594">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="574894161">
-[...46 lines deleted...]
-  </w:num>
   <w:num w:numId="27" w16cid:durableId="856235315">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="86580949">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1305239620">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1961261913">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="376467683">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1319066756">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="868028724">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="2023823876">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="35" w16cid:durableId="2079856987">
+    <w:abstractNumId w:val="18"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1317417092">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="157697"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00406554"/>
     <w:rsid w:val="0000123B"/>
     <w:rsid w:val="00004834"/>
     <w:rsid w:val="0000636C"/>
     <w:rsid w:val="00006920"/>
     <w:rsid w:val="00007755"/>
@@ -8322,50 +8540,51 @@
     <w:rsid w:val="001321F5"/>
     <w:rsid w:val="00132F55"/>
     <w:rsid w:val="001347CE"/>
     <w:rsid w:val="001406B1"/>
     <w:rsid w:val="00147B83"/>
     <w:rsid w:val="00155237"/>
     <w:rsid w:val="001554F5"/>
     <w:rsid w:val="00163218"/>
     <w:rsid w:val="00165AAE"/>
     <w:rsid w:val="00170306"/>
     <w:rsid w:val="00171805"/>
     <w:rsid w:val="00177C07"/>
     <w:rsid w:val="0018037F"/>
     <w:rsid w:val="00183944"/>
     <w:rsid w:val="0018548D"/>
     <w:rsid w:val="00197153"/>
     <w:rsid w:val="001A276D"/>
     <w:rsid w:val="001A3E02"/>
     <w:rsid w:val="001B0C78"/>
     <w:rsid w:val="001B2310"/>
     <w:rsid w:val="001C4BC6"/>
     <w:rsid w:val="001C5BEE"/>
     <w:rsid w:val="001D0F70"/>
     <w:rsid w:val="001D224A"/>
     <w:rsid w:val="001E68D6"/>
+    <w:rsid w:val="001F069A"/>
     <w:rsid w:val="001F248D"/>
     <w:rsid w:val="001F6FDA"/>
     <w:rsid w:val="001F7C39"/>
     <w:rsid w:val="0020113E"/>
     <w:rsid w:val="00202A2F"/>
     <w:rsid w:val="00203C88"/>
     <w:rsid w:val="00203E0D"/>
     <w:rsid w:val="00210558"/>
     <w:rsid w:val="00211147"/>
     <w:rsid w:val="00214538"/>
     <w:rsid w:val="002230F6"/>
     <w:rsid w:val="00225E9E"/>
     <w:rsid w:val="00226F97"/>
     <w:rsid w:val="00227EAF"/>
     <w:rsid w:val="00232476"/>
     <w:rsid w:val="00234673"/>
     <w:rsid w:val="00237490"/>
     <w:rsid w:val="00244D12"/>
     <w:rsid w:val="00254FA3"/>
     <w:rsid w:val="00256946"/>
     <w:rsid w:val="00261FCD"/>
     <w:rsid w:val="002622B6"/>
     <w:rsid w:val="00262816"/>
     <w:rsid w:val="00263030"/>
     <w:rsid w:val="002636DD"/>
@@ -8553,54 +8772,56 @@
     <w:rsid w:val="0056474E"/>
     <w:rsid w:val="00577151"/>
     <w:rsid w:val="0057732E"/>
     <w:rsid w:val="005815C9"/>
     <w:rsid w:val="00592763"/>
     <w:rsid w:val="0059299D"/>
     <w:rsid w:val="00593B9D"/>
     <w:rsid w:val="0059628D"/>
     <w:rsid w:val="005A0F96"/>
     <w:rsid w:val="005A47D6"/>
     <w:rsid w:val="005A7B7E"/>
     <w:rsid w:val="005B055D"/>
     <w:rsid w:val="005B206A"/>
     <w:rsid w:val="005C2ACA"/>
     <w:rsid w:val="005D452D"/>
     <w:rsid w:val="005D4ADF"/>
     <w:rsid w:val="005D55DC"/>
     <w:rsid w:val="005F25E5"/>
     <w:rsid w:val="005F3B97"/>
     <w:rsid w:val="00603099"/>
     <w:rsid w:val="006051AE"/>
     <w:rsid w:val="00606A32"/>
     <w:rsid w:val="00607199"/>
     <w:rsid w:val="006117B0"/>
     <w:rsid w:val="006130D8"/>
+    <w:rsid w:val="006156EE"/>
     <w:rsid w:val="00644A1A"/>
     <w:rsid w:val="00645928"/>
     <w:rsid w:val="00654981"/>
     <w:rsid w:val="00656648"/>
+    <w:rsid w:val="00657318"/>
     <w:rsid w:val="00662C2A"/>
     <w:rsid w:val="0067018A"/>
     <w:rsid w:val="0067399F"/>
     <w:rsid w:val="00674F44"/>
     <w:rsid w:val="00675EF0"/>
     <w:rsid w:val="00676C62"/>
     <w:rsid w:val="00681498"/>
     <w:rsid w:val="006836D7"/>
     <w:rsid w:val="00683FEB"/>
     <w:rsid w:val="00693B4A"/>
     <w:rsid w:val="006A6FB0"/>
     <w:rsid w:val="006B1838"/>
     <w:rsid w:val="006B27B2"/>
     <w:rsid w:val="006B5CF3"/>
     <w:rsid w:val="006B5DAA"/>
     <w:rsid w:val="006B6829"/>
     <w:rsid w:val="006C07F4"/>
     <w:rsid w:val="006C0EB0"/>
     <w:rsid w:val="006C2E80"/>
     <w:rsid w:val="006C52BC"/>
     <w:rsid w:val="006C5EF0"/>
     <w:rsid w:val="006C76B9"/>
     <w:rsid w:val="006D38AE"/>
     <w:rsid w:val="006D47F7"/>
     <w:rsid w:val="006E3374"/>
@@ -8726,50 +8947,51 @@
     <w:rsid w:val="00917D38"/>
     <w:rsid w:val="0092104B"/>
     <w:rsid w:val="00922EB9"/>
     <w:rsid w:val="00931FF8"/>
     <w:rsid w:val="0093234B"/>
     <w:rsid w:val="0093277C"/>
     <w:rsid w:val="00935041"/>
     <w:rsid w:val="009407E3"/>
     <w:rsid w:val="00950CFF"/>
     <w:rsid w:val="00960018"/>
     <w:rsid w:val="00970686"/>
     <w:rsid w:val="00970E2D"/>
     <w:rsid w:val="009710FE"/>
     <w:rsid w:val="009713B5"/>
     <w:rsid w:val="00971A8F"/>
     <w:rsid w:val="00974509"/>
     <w:rsid w:val="00977771"/>
     <w:rsid w:val="0098472E"/>
     <w:rsid w:val="00985BBC"/>
     <w:rsid w:val="00986A63"/>
     <w:rsid w:val="009926BD"/>
     <w:rsid w:val="00994A5F"/>
     <w:rsid w:val="00995F59"/>
     <w:rsid w:val="009967A4"/>
     <w:rsid w:val="00996B58"/>
+    <w:rsid w:val="00997493"/>
     <w:rsid w:val="009A2A72"/>
     <w:rsid w:val="009A316E"/>
     <w:rsid w:val="009A6241"/>
     <w:rsid w:val="009A7F76"/>
     <w:rsid w:val="009B13BD"/>
     <w:rsid w:val="009B3057"/>
     <w:rsid w:val="009B3927"/>
     <w:rsid w:val="009B5F3B"/>
     <w:rsid w:val="009C37B7"/>
     <w:rsid w:val="009C723A"/>
     <w:rsid w:val="009D210F"/>
     <w:rsid w:val="009D3ED9"/>
     <w:rsid w:val="009E2911"/>
     <w:rsid w:val="009E2C88"/>
     <w:rsid w:val="009E4639"/>
     <w:rsid w:val="009E4FBD"/>
     <w:rsid w:val="009F5617"/>
     <w:rsid w:val="009F6961"/>
     <w:rsid w:val="009F7023"/>
     <w:rsid w:val="00A02A78"/>
     <w:rsid w:val="00A038C8"/>
     <w:rsid w:val="00A03FB2"/>
     <w:rsid w:val="00A05F3F"/>
     <w:rsid w:val="00A170E0"/>
     <w:rsid w:val="00A23938"/>
@@ -9042,64 +9264,64 @@
     <w:rsid w:val="00FE33AB"/>
     <w:rsid w:val="00FE41C3"/>
     <w:rsid w:val="00FE5865"/>
     <w:rsid w:val="00FE690E"/>
     <w:rsid w:val="00FE7BC6"/>
     <w:rsid w:val="00FF006B"/>
     <w:rsid w:val="00FF1802"/>
     <w:rsid w:val="00FF6780"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="157697"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="785F0D87"/>
   <w15:docId w15:val="{5866E79B-A0CC-4873-A0FE-9E74AA9376E2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9873,55 +10095,70 @@
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009713B5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A3">
     <w:name w:val="A3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE6AFE"/>
     <w:rPr>
       <w:rFonts w:cs="Helvetica 45 Light"/>
       <w:color w:val="000000"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006156EE"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="152766928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="749498498">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10299,69 +10536,69 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C961BED6-E150-4C74-A65F-B6F14B6983AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>7659</Characters>
+  <Pages>7</Pages>
+  <Words>1303</Words>
+  <Characters>7432</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>63</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>61</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8985</CharactersWithSpaces>
+  <CharactersWithSpaces>8718</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>