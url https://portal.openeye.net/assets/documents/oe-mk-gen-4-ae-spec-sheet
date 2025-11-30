--- v0 (2025-10-22)
+++ v1 (2025-11-30)
@@ -499,64 +499,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00415406">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>28 05 25 Cloud Based Storage for Electronic Safety and Security</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C4CD273" w14:textId="77777777" w:rsidR="00415406" w:rsidRPr="00415406" w:rsidRDefault="00415406" w:rsidP="00415406">
       <w:pPr>
         <w:ind w:left="1155"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00415406">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>28 05 19.11 Digital Video Recorders</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A322ACA" w14:textId="77777777" w:rsidR="00415406" w:rsidRPr="00415406" w:rsidRDefault="00415406" w:rsidP="00415406">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="71A07D3E" w14:textId="77777777" w:rsidR="00415406" w:rsidRPr="00415406" w:rsidRDefault="00415406" w:rsidP="00415406">
       <w:pPr>
         <w:ind w:left="1155"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00415406">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>28 05 19.15 Network Video Recorders</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34F1A916" w14:textId="77777777" w:rsidR="00415406" w:rsidRPr="00415406" w:rsidRDefault="00415406" w:rsidP="00415406">
       <w:pPr>
         <w:ind w:left="1155"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00415406">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
@@ -593,51 +579,50 @@
     </w:p>
     <w:p w14:paraId="3AF79BAC" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00970686" w:rsidRDefault="004966EA" w:rsidP="004966EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="666"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="481BFC23" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="009E2C88" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Manufacturer’s</w:t>
       </w:r>
       <w:r w:rsidR="006B5CF3" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> data sheets in digital or printed form</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74A49EB5" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00970686" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="795"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A697758" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00970686" w:rsidRDefault="004966EA" w:rsidP="00390821">
@@ -882,136 +867,142 @@
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">WARRANTY &amp; </w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>SUPPORT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5898BD3F" w14:textId="77777777" w:rsidR="004235F0" w:rsidRPr="00970686" w:rsidRDefault="004235F0" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="666"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76A0F48C" w14:textId="66252926" w:rsidR="000E68A7" w:rsidRPr="00970686" w:rsidRDefault="007438C7" w:rsidP="004235F0">
+    <w:p w14:paraId="76A0F48C" w14:textId="7A60F10F" w:rsidR="000E68A7" w:rsidRPr="00970686" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>The Network Video Recorder</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall come with a minimum </w:t>
       </w:r>
+      <w:r w:rsidR="00C53E43">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidR="006E39EF" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>3-year</w:t>
+        <w:t>-year</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t xml:space="preserve"> manufacturer’s warranty with the 1st year including advance replacement service.  </w:t>
+        <w:t xml:space="preserve"> manufacturer’s warranty with the 1st year including advance replacement service.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17D296D3" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00970686" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Network Video Recorder </w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>shall come with a heroic customer service support structure, including a 1-888 number for technical service, pre and post sales assistance, and full access to online technical support as well as online sales support.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04F0C8CA" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00970686" w:rsidRDefault="000E68A7" w:rsidP="004235F0">
+    <w:p w14:paraId="04F0C8CA" w14:textId="2F6CFFFD" w:rsidR="000E68A7" w:rsidRPr="00970686" w:rsidRDefault="00C53E43" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00970686">
-[...5 lines deleted...]
-        <w:t>Technical support shall be available for 24 hours per day 7 days per week to all integrators and dealers free of charge.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Technical support shall be available weekdays from 5 a.m. to 5 p.m. PST.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2453A056" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00970686" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>System</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00970686">
         <w:rPr>
@@ -1143,141 +1134,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DOCUMENT SUMMARY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21E7E8C6" w14:textId="0667EF0B" w:rsidR="00406554" w:rsidRPr="00970686" w:rsidRDefault="00331F49" w:rsidP="00994A5F">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>This document specifies</w:t>
+      </w:r>
+      <w:r w:rsidR="00406554" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the minimum</w:t>
+      </w:r>
+      <w:r w:rsidR="00C607F0" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> criteria for the design and performance </w:t>
+      </w:r>
+      <w:r w:rsidR="00406554" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6A31" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OE-M</w:t>
+      </w:r>
+      <w:r w:rsidR="00274D95" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gen </w:t>
+      </w:r>
+      <w:r w:rsidR="00F06A79">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00274D95" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cloud-Managed Server</w:t>
+      </w:r>
+      <w:r w:rsidR="00406554" w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D9AA07" w14:textId="77777777" w:rsidR="00406554" w:rsidRPr="00970686" w:rsidRDefault="00406554" w:rsidP="00C81CE9">
+      <w:pPr>
+        <w:pStyle w:val="Article"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00970686">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>This document specifies</w:t>
-[...88 lines deleted...]
-        </w:rPr>
         <w:t>STANDARDS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="315CADEE" w14:textId="77777777" w:rsidR="00406554" w:rsidRPr="00970686" w:rsidRDefault="005B206A" w:rsidP="00994A5F">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00970686">
@@ -2398,51 +2389,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">OPERATIONAL REQUIREMENTS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DE5F0D4" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00970686" w:rsidRDefault="008C7983" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>NVR Cloud-Managed Server</w:t>
       </w:r>
       <w:r w:rsidR="0075714C" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – The network</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> video </w:t>
       </w:r>
       <w:r w:rsidR="000E2D54" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>recorder</w:t>
@@ -2496,50 +2486,51 @@
         <w:t xml:space="preserve"> shall: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4954AA5D" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00970686" w:rsidRDefault="00526E32" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Be </w:t>
       </w:r>
       <w:r w:rsidR="001406B1" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>assembled in the U.S.A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50189836" w14:textId="1D80BE18" w:rsidR="001406B1" w:rsidRPr="00970686" w:rsidRDefault="008C7983" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3309,51 +3300,50 @@
       </w:r>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3304DEA6" w14:textId="4ECDE44D" w:rsidR="001C5BEE" w:rsidRPr="00970686" w:rsidRDefault="00127D7E" w:rsidP="001C5BEE">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D8707F" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00D8707F" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.0</w:t>
@@ -3382,50 +3372,51 @@
         </w:rPr>
         <w:t xml:space="preserve">  48.0 Terabytes</w:t>
       </w:r>
       <w:r w:rsidR="00043387" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57695C26" w14:textId="77777777" w:rsidR="00127D7E" w:rsidRPr="00970686" w:rsidRDefault="00127D7E" w:rsidP="001C5BEE">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  64.0 Terabytes</w:t>
       </w:r>
       <w:r w:rsidR="00043387" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0001152B" w14:textId="054604A4" w:rsidR="00127D7E" w:rsidRPr="00970686" w:rsidRDefault="00127D7E" w:rsidP="001C5BEE">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">  80.0 Terabytes</w:t>
@@ -3851,51 +3842,50 @@
         <w:t xml:space="preserve">connection with OpenEye or ONVIF cameras. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="364F0FC8" w14:textId="63FF7CB3" w:rsidR="001406B1" w:rsidRPr="00970686" w:rsidRDefault="001406B1" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Provide a full auto-swi</w:t>
       </w:r>
       <w:r w:rsidR="00A76D79" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">tching power supply rated at </w:t>
       </w:r>
       <w:r w:rsidR="00190868">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>500</w:t>
       </w:r>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>W</w:t>
@@ -3935,50 +3925,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="040C1856" w14:textId="66574D55" w:rsidR="001406B1" w:rsidRPr="00970686" w:rsidRDefault="001406B1" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Have the ability to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> easily backup important video to an external cloud-managed location, or a USB device.  The recorder must not stop recording during the backup process. To ensure the integrity of data, the cloud-managed appliance shall use a proprietary viewer that can detect image tampering. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F0E4713" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00970686" w:rsidRDefault="001406B1" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
@@ -4615,51 +4606,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5CCF41D9" w14:textId="02B11EE8" w:rsidR="0058719E" w:rsidRDefault="0058719E" w:rsidP="0058719E">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="num" w:pos="2304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0058719E">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>OE-ZRAID6-MK</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="262CB19C" w14:textId="2EDD5F2C" w:rsidR="001913BB" w:rsidRPr="001913BB" w:rsidRDefault="001913BB" w:rsidP="001913BB">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="num" w:pos="2304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001913BB">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5709,75 +5699,75 @@
     </w:p>
     <w:p w14:paraId="5CF05849" w14:textId="77777777" w:rsidR="00C31AF8" w:rsidRPr="00970686" w:rsidRDefault="00C31AF8" w:rsidP="00C31AF8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="666"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B77D133" w14:textId="77777777" w:rsidR="00F87319" w:rsidRPr="00970686" w:rsidRDefault="00F87319" w:rsidP="00F87319">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The manufacturer shall offer the option for factory pre-configuration of all hardware and software purchased from the manufacturer as an additional paid service</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EA13B7E" w14:textId="77777777" w:rsidR="00F87319" w:rsidRPr="00970686" w:rsidRDefault="00F87319" w:rsidP="00F87319">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The manufacturer shall offer the option for remote or in person system commissionin</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>g as an additional paid service.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A73F975" w14:textId="77777777" w:rsidR="00F87319" w:rsidRPr="00970686" w:rsidRDefault="00F87319" w:rsidP="00F87319">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve">- END OF SECTION - </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E35EF8C" w14:textId="77777777" w:rsidR="00C833E2" w:rsidRPr="00557599" w:rsidRDefault="00C833E2" w:rsidP="00C833E2">
       <w:pPr>
@@ -5824,258 +5814,259 @@
       <w:r w:rsidRPr="00970686">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00970686" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F6ECA3B" w14:textId="77777777" w:rsidR="00461ED0" w:rsidRDefault="00461ED0" w:rsidP="006C76B9">
+    <w:p w14:paraId="266EAE19" w14:textId="77777777" w:rsidR="006E6243" w:rsidRDefault="006E6243" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7712D07B" w14:textId="77777777" w:rsidR="00461ED0" w:rsidRDefault="00461ED0" w:rsidP="006C76B9">
+    <w:p w14:paraId="1A861808" w14:textId="77777777" w:rsidR="006E6243" w:rsidRDefault="006E6243" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat Medium">
     <w:panose1 w:val="00000600000000000000"/>
-    <w:charset w:val="4D"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Swis721 BT">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000011" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica 45 Light">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0403020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat SemiBold">
     <w:panose1 w:val="00000700000000000000"/>
-    <w:charset w:val="4D"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2F203C2A" w14:textId="0E378C09" w:rsidR="00E25E46" w:rsidRPr="00970686" w:rsidRDefault="00970E2D" w:rsidP="00E25E46">
+  <w:p w14:paraId="2F203C2A" w14:textId="28B7E284" w:rsidR="00E25E46" w:rsidRPr="00970686" w:rsidRDefault="00970E2D" w:rsidP="00E25E46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00970686">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00F42EC1">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="006A4DED">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>187A</w:t>
     </w:r>
-    <w:r w:rsidR="00415406">
+    <w:r w:rsidR="00C53E43">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>B</w:t>
+      <w:t>C</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="083BD40A" w14:textId="2751A19F" w:rsidR="00E25E46" w:rsidRPr="00970686" w:rsidRDefault="00274D95" w:rsidP="00E25E46">
+  <w:p w14:paraId="083BD40A" w14:textId="3BB2893B" w:rsidR="00E25E46" w:rsidRPr="00970686" w:rsidRDefault="00274D95" w:rsidP="00E25E46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00970686">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00F42EC1">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="00551635">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>187</w:t>
     </w:r>
     <w:r w:rsidRPr="00970686">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00415406">
+    <w:r w:rsidR="00C53E43">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>B</w:t>
+      <w:t>C</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42360D85" w14:textId="77777777" w:rsidR="00461ED0" w:rsidRDefault="00461ED0" w:rsidP="006C76B9">
+    <w:p w14:paraId="68024C86" w14:textId="77777777" w:rsidR="006E6243" w:rsidRDefault="006E6243" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67A6D061" w14:textId="77777777" w:rsidR="00461ED0" w:rsidRDefault="00461ED0" w:rsidP="006C76B9">
+    <w:p w14:paraId="6A8B5405" w14:textId="77777777" w:rsidR="006E6243" w:rsidRDefault="006E6243" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
       </w:rPr>
@@ -8476,51 +8467,51 @@
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1319066756">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="868028724">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="2023823876">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1254776730">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1000159031">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -8856,50 +8847,51 @@
     <w:rsid w:val="0067399F"/>
     <w:rsid w:val="00674F44"/>
     <w:rsid w:val="00675EF0"/>
     <w:rsid w:val="00676C62"/>
     <w:rsid w:val="00681498"/>
     <w:rsid w:val="006836D7"/>
     <w:rsid w:val="00683FEB"/>
     <w:rsid w:val="00693B4A"/>
     <w:rsid w:val="006A4DED"/>
     <w:rsid w:val="006A6FB0"/>
     <w:rsid w:val="006B1838"/>
     <w:rsid w:val="006B27B2"/>
     <w:rsid w:val="006B5CF3"/>
     <w:rsid w:val="006B5DAA"/>
     <w:rsid w:val="006B6829"/>
     <w:rsid w:val="006C07F4"/>
     <w:rsid w:val="006C0EB0"/>
     <w:rsid w:val="006C2E80"/>
     <w:rsid w:val="006C52BC"/>
     <w:rsid w:val="006C5EF0"/>
     <w:rsid w:val="006C76B9"/>
     <w:rsid w:val="006D38AE"/>
     <w:rsid w:val="006D47F7"/>
     <w:rsid w:val="006E3374"/>
     <w:rsid w:val="006E39EF"/>
+    <w:rsid w:val="006E6243"/>
     <w:rsid w:val="006E776F"/>
     <w:rsid w:val="006F0B25"/>
     <w:rsid w:val="006F6DB6"/>
     <w:rsid w:val="006F6FCC"/>
     <w:rsid w:val="007064D8"/>
     <w:rsid w:val="007121E1"/>
     <w:rsid w:val="00716902"/>
     <w:rsid w:val="00723419"/>
     <w:rsid w:val="00731184"/>
     <w:rsid w:val="00734159"/>
     <w:rsid w:val="0073791F"/>
     <w:rsid w:val="007418F3"/>
     <w:rsid w:val="0074203C"/>
     <w:rsid w:val="007438C7"/>
     <w:rsid w:val="007449BC"/>
     <w:rsid w:val="00745A54"/>
     <w:rsid w:val="00747553"/>
     <w:rsid w:val="00751628"/>
     <w:rsid w:val="007566FE"/>
     <w:rsid w:val="0075714C"/>
     <w:rsid w:val="00757A21"/>
     <w:rsid w:val="00765937"/>
     <w:rsid w:val="00765A4D"/>
     <w:rsid w:val="00766E6E"/>
     <w:rsid w:val="007705BA"/>
@@ -8999,50 +8991,51 @@
     <w:rsid w:val="00917D38"/>
     <w:rsid w:val="0092104B"/>
     <w:rsid w:val="00922EB9"/>
     <w:rsid w:val="00931FF8"/>
     <w:rsid w:val="0093234B"/>
     <w:rsid w:val="0093277C"/>
     <w:rsid w:val="00935041"/>
     <w:rsid w:val="009407E3"/>
     <w:rsid w:val="00950CFF"/>
     <w:rsid w:val="00960018"/>
     <w:rsid w:val="00970686"/>
     <w:rsid w:val="00970E2D"/>
     <w:rsid w:val="009710FE"/>
     <w:rsid w:val="009713B5"/>
     <w:rsid w:val="00971A8F"/>
     <w:rsid w:val="00974509"/>
     <w:rsid w:val="00977771"/>
     <w:rsid w:val="0098472E"/>
     <w:rsid w:val="00985BBC"/>
     <w:rsid w:val="00986A63"/>
     <w:rsid w:val="009926BD"/>
     <w:rsid w:val="00994A5F"/>
     <w:rsid w:val="00995F59"/>
     <w:rsid w:val="009967A4"/>
     <w:rsid w:val="00996B58"/>
+    <w:rsid w:val="00997493"/>
     <w:rsid w:val="009A2A72"/>
     <w:rsid w:val="009A316E"/>
     <w:rsid w:val="009A6241"/>
     <w:rsid w:val="009A7F76"/>
     <w:rsid w:val="009B13BD"/>
     <w:rsid w:val="009B3057"/>
     <w:rsid w:val="009B3927"/>
     <w:rsid w:val="009B5F3B"/>
     <w:rsid w:val="009C37B7"/>
     <w:rsid w:val="009C723A"/>
     <w:rsid w:val="009D210F"/>
     <w:rsid w:val="009D3ED9"/>
     <w:rsid w:val="009E2911"/>
     <w:rsid w:val="009E2C88"/>
     <w:rsid w:val="009E4639"/>
     <w:rsid w:val="009E4FBD"/>
     <w:rsid w:val="009F5617"/>
     <w:rsid w:val="009F6961"/>
     <w:rsid w:val="009F7023"/>
     <w:rsid w:val="00A02A78"/>
     <w:rsid w:val="00A038C8"/>
     <w:rsid w:val="00A03FB2"/>
     <w:rsid w:val="00A05F3F"/>
     <w:rsid w:val="00A170E0"/>
     <w:rsid w:val="00A23938"/>
@@ -9128,50 +9121,51 @@
     <w:rsid w:val="00BB7302"/>
     <w:rsid w:val="00BB7405"/>
     <w:rsid w:val="00BC2432"/>
     <w:rsid w:val="00BC539B"/>
     <w:rsid w:val="00BC553A"/>
     <w:rsid w:val="00BD062F"/>
     <w:rsid w:val="00BD0942"/>
     <w:rsid w:val="00BD757F"/>
     <w:rsid w:val="00BE1900"/>
     <w:rsid w:val="00BF069C"/>
     <w:rsid w:val="00BF148B"/>
     <w:rsid w:val="00BF661C"/>
     <w:rsid w:val="00C01136"/>
     <w:rsid w:val="00C053AC"/>
     <w:rsid w:val="00C143D7"/>
     <w:rsid w:val="00C157FC"/>
     <w:rsid w:val="00C267B2"/>
     <w:rsid w:val="00C31AF8"/>
     <w:rsid w:val="00C32D7E"/>
     <w:rsid w:val="00C34A36"/>
     <w:rsid w:val="00C4291B"/>
     <w:rsid w:val="00C4386B"/>
     <w:rsid w:val="00C46328"/>
     <w:rsid w:val="00C509F0"/>
     <w:rsid w:val="00C5257A"/>
+    <w:rsid w:val="00C53E43"/>
     <w:rsid w:val="00C555C3"/>
     <w:rsid w:val="00C55966"/>
     <w:rsid w:val="00C55C6A"/>
     <w:rsid w:val="00C57F0E"/>
     <w:rsid w:val="00C607F0"/>
     <w:rsid w:val="00C631A0"/>
     <w:rsid w:val="00C81CE9"/>
     <w:rsid w:val="00C833E2"/>
     <w:rsid w:val="00C92C38"/>
     <w:rsid w:val="00C95AB1"/>
     <w:rsid w:val="00C964F2"/>
     <w:rsid w:val="00CA0F61"/>
     <w:rsid w:val="00CA3154"/>
     <w:rsid w:val="00CB0BA5"/>
     <w:rsid w:val="00CB2F4B"/>
     <w:rsid w:val="00CC289B"/>
     <w:rsid w:val="00CC39CA"/>
     <w:rsid w:val="00CC5D73"/>
     <w:rsid w:val="00CC74A5"/>
     <w:rsid w:val="00CC7F2C"/>
     <w:rsid w:val="00CD1260"/>
     <w:rsid w:val="00CD32AD"/>
     <w:rsid w:val="00CD6588"/>
     <w:rsid w:val="00CE0E71"/>
     <w:rsid w:val="00CF241D"/>
@@ -10573,68 +10567,68 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C961BED6-E150-4C74-A65F-B6F14B6983AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1336</Words>
-  <Characters>7616</Characters>
+  <Words>1322</Words>
+  <Characters>7537</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
+  <Lines>62</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8935</CharactersWithSpaces>
+  <CharactersWithSpaces>8842</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>