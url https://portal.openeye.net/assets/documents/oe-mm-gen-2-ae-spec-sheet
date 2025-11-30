--- v0 (2025-10-24)
+++ v1 (2025-11-30)
@@ -99,208 +99,214 @@
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SERVER</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00406554" w:rsidRPr="00723D23">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
             <w:color w:val="4F81BD" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>www.openeye.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="228D7394" w14:textId="77777777" w:rsidR="00FB416E" w:rsidRPr="00AC6ECA" w:rsidRDefault="00FB416E" w:rsidP="00FB416E">
+    <w:p w14:paraId="3C9F3231" w14:textId="77777777" w:rsidR="004B7ADC" w:rsidRDefault="004B7ADC" w:rsidP="004B7ADC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DIVISION 28 - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ELECTRONIC SAFETY AND SECURITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42555845" w14:textId="77777777" w:rsidR="004B7ADC" w:rsidRDefault="004B7ADC" w:rsidP="004B7ADC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 00 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F281A11" w14:textId="77777777" w:rsidR="004B7ADC" w:rsidRDefault="004B7ADC" w:rsidP="004B7ADC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 20 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Video Surveillance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207CF790" w14:textId="77777777" w:rsidR="004B7ADC" w:rsidRDefault="004B7ADC" w:rsidP="004B7ADC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 05 19 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Storage Appliances for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75320CAD" w14:textId="77777777" w:rsidR="004B7ADC" w:rsidRDefault="004B7ADC" w:rsidP="004B7ADC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 23 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Video Management System</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68772818" w14:textId="16EA7BE1" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="006B5CF3" w:rsidP="00FB416E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E49FD68" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="006B5CF3" w:rsidP="006B5CF3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc334350689"/>
-      <w:r w:rsidRPr="00AC6ECA">
+      <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:b/>
         </w:rPr>
-        <w:t>DIVISION 28</w:t>
-[...143 lines deleted...]
-        </w:rPr>
         <w:t>PART 1 GENERAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="378B4CB5" w14:textId="77777777" w:rsidR="00D041D6" w:rsidRPr="00D041D6" w:rsidRDefault="00D041D6" w:rsidP="00D041D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="760A91FE" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="006B5CF3" w:rsidP="00D041D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
@@ -395,597 +401,618 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Network Video Management Software</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DBCCB6A" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00723D23" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1515"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6ED47460" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+    <w:p w14:paraId="4EA37353" w14:textId="5FEC2327" w:rsidR="004B7ADC" w:rsidRDefault="006B5CF3" w:rsidP="004B7ADC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Online Web Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67818307" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00723D23" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
+    <w:p w14:paraId="7A6584B0" w14:textId="77777777" w:rsidR="004B7ADC" w:rsidRPr="004B7ADC" w:rsidRDefault="004B7ADC" w:rsidP="004B7ADC">
+      <w:pPr>
+        <w:ind w:left="1155"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2455E95B" w14:textId="66450B77" w:rsidR="00F21E4C" w:rsidRPr="00FB416E" w:rsidRDefault="006B5CF3" w:rsidP="004B7ADC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Re</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>lated Requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="233653DA" w14:textId="77777777" w:rsidR="004B7ADC" w:rsidRPr="004B7ADC" w:rsidRDefault="004B7ADC" w:rsidP="004B7ADC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B7ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>28 05 00 Common Work Results for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="763B934E" w14:textId="77777777" w:rsidR="004B7ADC" w:rsidRPr="004B7ADC" w:rsidRDefault="004B7ADC" w:rsidP="004B7ADC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B7ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>28 05 25 Cloud Based Storage for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668F119E" w14:textId="77777777" w:rsidR="004B7ADC" w:rsidRPr="004B7ADC" w:rsidRDefault="004B7ADC" w:rsidP="004B7ADC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B7ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>28 05 19.11 Digital Video Recorders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A3C506" w14:textId="77777777" w:rsidR="004B7ADC" w:rsidRPr="004B7ADC" w:rsidRDefault="004B7ADC" w:rsidP="004B7ADC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B7ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>28 05 19.15 Network Video Recorders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB74F16" w14:textId="2B20C6D4" w:rsidR="004B7ADC" w:rsidRPr="004B7ADC" w:rsidRDefault="004B7ADC" w:rsidP="004B7ADC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B7ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>28 23 13 Video Management System Interfaces</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A80E526" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>SUBMITTALS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE3E435" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00723D23" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="666"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AB69367" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="009E2C88" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Manufacturer’s</w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CF3" w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data sheets in digital or printed form</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7941C190" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00723D23" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="795"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2455E95B" w14:textId="144007D2" w:rsidR="00F21E4C" w:rsidRPr="00FB416E" w:rsidRDefault="006B5CF3" w:rsidP="00FB416E">
+    <w:p w14:paraId="6AABA7C6" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="004966EA" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
-[...97 lines deleted...]
-    <w:p w14:paraId="7A80E526" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manufacturer’s </w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CF3" w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>installation and operations manuals in digital or printed form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56503783" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00723D23" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="795"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E6E7B99" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>SUBMITTALS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3DE3E435" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00723D23" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+        <w:t>QUALIFICATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8882B5" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00723D23" w:rsidRDefault="004966EA" w:rsidP="004966EA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="666"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AB69367" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="009E2C88" w:rsidP="00390821">
+    <w:p w14:paraId="430B49B2" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
-[...24 lines deleted...]
-    <w:p w14:paraId="7941C190" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00723D23" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Manufacturer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="231719BE" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00723D23" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="795"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AABA7C6" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="004966EA" w:rsidP="00390821">
+    <w:p w14:paraId="48434CF7" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00723D23" w:rsidRDefault="006B5CF3" w:rsidP="00E25E46">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Manufacturer shall have been in business for more than 10 years</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58EC6962" w14:textId="77777777" w:rsidR="00E25E46" w:rsidRPr="00723D23" w:rsidRDefault="00E25E46" w:rsidP="00E25E46">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1515"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0093C3A6" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="006B5CF3" w:rsidP="00175124">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00723D23">
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="792"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Installer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC57220" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00723D23" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1515"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14B7FFA9" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>All installation, configuration, setup and related work shall be performed by an authorized technician certified by the manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56503783" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00723D23" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+    <w:p w14:paraId="71D7A0A7" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00723D23" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="795"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5E6E7B99" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+        <w:ind w:left="1515"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="783B1196" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>All installation shall be performed by a technician licensed to install and service video surveillance and security equipment as mandated by the authority having jurisdiction</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D1EAF7E" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00723D23" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1515"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D3F1BF5" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00723D23" w:rsidRDefault="000E68A7" w:rsidP="00175124">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="4F8882B5" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00723D23" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+        <w:spacing w:after="120"/>
+        <w:ind w:left="662"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WARRANTY &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>SUPPORT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29208622" w14:textId="77777777" w:rsidR="004235F0" w:rsidRPr="00723D23" w:rsidRDefault="004235F0" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="666"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="430B49B2" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00723D23" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
-[...189 lines deleted...]
-    <w:p w14:paraId="5FC69134" w14:textId="5EED9765" w:rsidR="000E68A7" w:rsidRPr="00723D23" w:rsidRDefault="007438C7" w:rsidP="004235F0">
+    <w:p w14:paraId="5FC69134" w14:textId="56D8CDD2" w:rsidR="000E68A7" w:rsidRPr="00723D23" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>The Network Video Recorder</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall come with a minimum </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="004B7ADC">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>5-</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t xml:space="preserve"> year</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> manufacturer’s warranty with the 1st year including advance replacement service.</w:t>
+        <w:t>year manufacturer’s warranty with the 1st year including advance replacement service.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBD6356" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00723D23" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Network Video Recorder </w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>shall come with a heroic customer service support structure, including a 1-888 number for technical service, pre and post sales assistance, and full access to online technical support as well as online sales support.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F98C636" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00723D23" w:rsidRDefault="000E68A7" w:rsidP="004235F0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Paragraph"/>
+    <w:p w14:paraId="70A272C1" w14:textId="77777777" w:rsidR="004B7ADC" w:rsidRDefault="004B7ADC" w:rsidP="004B7ADC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:rPr>
-[...12 lines deleted...]
-      </w:r>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Technical support shall be available weekdays from 5 a.m. to 5 p.m. PST.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D7E7C3" w14:textId="77777777" w:rsidR="004B7ADC" w:rsidRDefault="004B7ADC" w:rsidP="004B7ADC">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="435"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="44E88BE7" w14:textId="01EE0DCC" w:rsidR="004966EA" w:rsidRPr="00175124" w:rsidRDefault="007438C7" w:rsidP="004966EA">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>System</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
@@ -1108,141 +1135,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DOCUMENT SUMMARY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="233739F0" w14:textId="5AF36912" w:rsidR="00406554" w:rsidRPr="00723D23" w:rsidRDefault="00331F49" w:rsidP="00994A5F">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>This document specifies</w:t>
+      </w:r>
+      <w:r w:rsidR="00406554" w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the minimum</w:t>
+      </w:r>
+      <w:r w:rsidR="00C607F0" w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> criteria for the design and performance </w:t>
+      </w:r>
+      <w:r w:rsidR="00406554" w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6A31" w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OE-M</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0639" w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0C99">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gen 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0639" w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274D95" w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Cloud-Managed Server</w:t>
+      </w:r>
+      <w:r w:rsidR="00406554" w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B6782B" w14:textId="77777777" w:rsidR="00406554" w:rsidRPr="00723D23" w:rsidRDefault="00406554" w:rsidP="00C81CE9">
+      <w:pPr>
+        <w:pStyle w:val="Article"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723D23">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>This document specifies</w:t>
-[...88 lines deleted...]
-        </w:rPr>
         <w:t>STANDARDS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B2CC424" w14:textId="77777777" w:rsidR="00406554" w:rsidRPr="00723D23" w:rsidRDefault="005B206A" w:rsidP="00994A5F">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00723D23">
@@ -2276,51 +2303,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">OPERATIONAL REQUIREMENTS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FB41BE3" w14:textId="49A7C73C" w:rsidR="001406B1" w:rsidRPr="00723D23" w:rsidRDefault="008C7983" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>NVR Cloud-Managed Server</w:t>
       </w:r>
       <w:r w:rsidR="0075714C" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – The network</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> video </w:t>
       </w:r>
       <w:r w:rsidR="000E2D54" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>recorder</w:t>
@@ -2374,50 +2400,51 @@
         <w:t xml:space="preserve"> shall:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B9EA3B6" w14:textId="2FC7E0A8" w:rsidR="001406B1" w:rsidRPr="00723D23" w:rsidRDefault="00526E32" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Be </w:t>
       </w:r>
       <w:r w:rsidR="001406B1" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>assembled in the U.S.A</w:t>
       </w:r>
       <w:r w:rsidR="00501B94" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FFB6B90" w14:textId="22026B98" w:rsidR="001406B1" w:rsidRPr="00723D23" w:rsidRDefault="00D24DB3" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
@@ -2563,51 +2590,51 @@
       <w:r w:rsidR="00501B94" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20CD742C" w14:textId="77A9419F" w:rsidR="001406B1" w:rsidRPr="00723D23" w:rsidRDefault="001406B1" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk147134217"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk147134217"/>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Include </w:t>
       </w:r>
       <w:r w:rsidR="00554E92">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00554E92" w:rsidRPr="00554E92">
@@ -2675,51 +2702,51 @@
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> Provide one dedicated Intel GbE network port for Client Networks and one dedicated Intel</w:t>
       </w:r>
       <w:r w:rsidR="00554E92">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.5</w:t>
       </w:r>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> GbE network port for Camera Networks.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="4C6A3A31" w14:textId="091F7C31" w:rsidR="001406B1" w:rsidRPr="00723D23" w:rsidRDefault="001406B1" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Be optimized </w:t>
       </w:r>
       <w:r w:rsidR="00693B4A" w:rsidRPr="00723D23">
@@ -3115,51 +3142,50 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="45935E8C" w14:textId="77777777" w:rsidR="008C7983" w:rsidRPr="00723D23" w:rsidRDefault="002A0E25" w:rsidP="002A0E25">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="008C7983" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ome standard with a single</w:t>
       </w:r>
       <w:r w:rsidR="006C5EF0" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006C5EF0" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3191,50 +3217,51 @@
         <w:t xml:space="preserve"> exclusively dedicated to the Operating System. No Video will be allocated to the SSDs for the purposes of video storage or archiving.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="419F094F" w14:textId="196D3D92" w:rsidR="001406B1" w:rsidRPr="00723D23" w:rsidRDefault="00F85B43" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Offer the following on-board hard drive capacity options with up to </w:t>
       </w:r>
       <w:r w:rsidR="005757EB">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>four</w:t>
       </w:r>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> internally installed, front removable hard drive bays in a JBOD configuration:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D34FD7C" w14:textId="05E8E7B7" w:rsidR="001C5BEE" w:rsidRPr="00723D23" w:rsidRDefault="00564C08" w:rsidP="001C5BEE">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
@@ -3751,51 +3778,50 @@
         <w:t xml:space="preserve"> Only use high performance Enterprise rated hard drives engineered for reliability and 24x7 “always on” “RAID” environments.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF2281E" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00723D23" w:rsidRDefault="00A76D79" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Be housed in a rackmount</w:t>
       </w:r>
       <w:r w:rsidR="001406B1" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="009E2911" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">U </w:t>
@@ -3833,50 +3859,51 @@
         <w:t>chassis designed to fit into a 19” EIA rack.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53F9ED8D" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00723D23" w:rsidRDefault="001406B1" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Provide internal cooling through </w:t>
       </w:r>
       <w:r w:rsidR="00390A9C" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00390A9C" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>center mounted 40mm fan</w:t>
@@ -4431,51 +4458,51 @@
       <w:r w:rsidR="000A3E5F" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with a maximum display resolution of 4096x2160 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50B9817B" w14:textId="365DB69C" w:rsidR="00021DEE" w:rsidRDefault="00021DEE" w:rsidP="00021DEE">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk147133846"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk147133846"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>One</w:t>
       </w:r>
       <w:r w:rsidR="000A3E5F" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>10/</w:t>
       </w:r>
       <w:r w:rsidR="000A3E5F" w:rsidRPr="00723D23">
@@ -4499,51 +4526,51 @@
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
           <w:tab w:val="num" w:pos="2304"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00021DEE">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>One 100/1000/2500 RJ-45 Network Port</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="6D814187" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00723D23" w:rsidRDefault="001406B1" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Include the following components: </w:t>
       </w:r>
     </w:p>
@@ -4640,92 +4667,92 @@
         <w:t xml:space="preserve">   OpenEye branded front locking bezel</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B6D06DF" w14:textId="2715656C" w:rsidR="00A71D2A" w:rsidRPr="00A71D2A" w:rsidRDefault="00FB416E" w:rsidP="00A71D2A">
       <w:pPr>
         <w:pStyle w:val="SubPara"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Include the following </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>upgrades</w:t>
       </w:r>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BEA8B6B" w14:textId="6C32EB2E" w:rsidR="00FB416E" w:rsidRDefault="00E35236" w:rsidP="00E35236">
       <w:pPr>
         <w:pStyle w:val="SubSub1"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="576"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>JBOD:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44178CA3" w14:textId="0ED307D4" w:rsidR="00E35236" w:rsidRPr="00E35236" w:rsidRDefault="00E35236" w:rsidP="00E35236">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="5"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E35236">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>OE-ZL2WUPG-MM2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E265C9C" w14:textId="25AEFA6E" w:rsidR="00E35236" w:rsidRPr="00E35236" w:rsidRDefault="00E35236" w:rsidP="00E35236">
       <w:pPr>
@@ -5931,50 +5958,51 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="40"/>
         <w:ind w:left="666"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D0113AB" w14:textId="77777777" w:rsidR="00F87319" w:rsidRPr="00723D23" w:rsidRDefault="00F87319" w:rsidP="00D00F40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Installer shall comply with all instructions and best practices specified by the hardware and software manufacturer</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D5C7651" w14:textId="77777777" w:rsidR="00F87319" w:rsidRPr="00723D23" w:rsidRDefault="00F87319" w:rsidP="00D00F40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
@@ -6169,251 +6197,252 @@
       <w:r w:rsidRPr="00723D23">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00723D23" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3507B85E" w14:textId="77777777" w:rsidR="00754C9C" w:rsidRDefault="00754C9C" w:rsidP="006C76B9">
+    <w:p w14:paraId="5CE31919" w14:textId="77777777" w:rsidR="00AD17B2" w:rsidRDefault="00AD17B2" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F0CE13A" w14:textId="77777777" w:rsidR="00754C9C" w:rsidRDefault="00754C9C" w:rsidP="006C76B9">
+    <w:p w14:paraId="2745B47E" w14:textId="77777777" w:rsidR="00AD17B2" w:rsidRDefault="00AD17B2" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat Medium">
     <w:panose1 w:val="00000600000000000000"/>
-    <w:charset w:val="4D"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Swis721 BT">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica 45 Light">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0403020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat SemiBold">
     <w:panose1 w:val="00000700000000000000"/>
-    <w:charset w:val="4D"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="661B50D2" w14:textId="4C8A8624" w:rsidR="00E25E46" w:rsidRPr="00723D23" w:rsidRDefault="004E1EB3" w:rsidP="00E25E46">
+  <w:p w14:paraId="661B50D2" w14:textId="37FF19B1" w:rsidR="00E25E46" w:rsidRPr="00723D23" w:rsidRDefault="004E1EB3" w:rsidP="00E25E46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00723D23">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00257C0A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8051</w:t>
     </w:r>
     <w:r w:rsidRPr="00723D23">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00FB416E">
+    <w:r w:rsidR="004B7ADC">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>D</w:t>
+      <w:t>E</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0E6D4A6F" w14:textId="501A2DEC" w:rsidR="00E25E46" w:rsidRPr="00723D23" w:rsidRDefault="00274D95" w:rsidP="00E25E46">
+  <w:p w14:paraId="0E6D4A6F" w14:textId="6A8AACDF" w:rsidR="00E25E46" w:rsidRPr="00723D23" w:rsidRDefault="00274D95" w:rsidP="00E25E46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00723D23">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00257C0A">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8051</w:t>
     </w:r>
     <w:r w:rsidRPr="00723D23">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00FB416E">
+    <w:r w:rsidR="004B7ADC">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>D</w:t>
+      <w:t>E</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C3CB1E6" w14:textId="77777777" w:rsidR="00754C9C" w:rsidRDefault="00754C9C" w:rsidP="006C76B9">
+    <w:p w14:paraId="4C3C341F" w14:textId="77777777" w:rsidR="00AD17B2" w:rsidRDefault="00AD17B2" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C3E8800" w14:textId="77777777" w:rsidR="00754C9C" w:rsidRDefault="00754C9C" w:rsidP="006C76B9">
+    <w:p w14:paraId="23B50532" w14:textId="77777777" w:rsidR="00AD17B2" w:rsidRDefault="00AD17B2" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
       </w:rPr>
@@ -7233,50 +7262,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5832" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6552" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7272" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30FB48BF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A5EE4EBE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33284D42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D4408FE"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F97822B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -7327,51 +7469,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A977FC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3722214"/>
     <w:lvl w:ilvl="0" w:tplc="A95836C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7417,51 +7559,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EFB587E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13A864A8"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F97822B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -7509,51 +7651,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40DF7315"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8D96608C"/>
     <w:styleLink w:val="Style1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SECTION %1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="666"/>
@@ -7650,51 +7792,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4032"/>
         </w:tabs>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4608"/>
         </w:tabs>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="420B63B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23189438"/>
     <w:lvl w:ilvl="0" w:tplc="72187900">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -7739,51 +7881,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46015B67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8FA2D92"/>
     <w:lvl w:ilvl="0" w:tplc="32FC4530">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7829,51 +7971,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B4A276D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FD265616"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Part"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SECTION %1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1674" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Article"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7973,51 +8115,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4032"/>
         </w:tabs>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4608"/>
         </w:tabs>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52456F20"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E2EC21BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SECTION %1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="666"/>
@@ -8111,51 +8253,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4032"/>
         </w:tabs>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4608"/>
         </w:tabs>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="576D428C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="548C0EB6"/>
     <w:lvl w:ilvl="0" w:tplc="AFE09AA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8201,51 +8343,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57923C47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="745EB3F4"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -8290,51 +8432,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EE1356B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8507D90"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="83E69698">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Montserrat Medium" w:cs="Arial" w:hint="default"/>
@@ -8382,51 +8524,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F125728"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6218A186"/>
     <w:lvl w:ilvl="0" w:tplc="3468F48E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8472,51 +8614,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="731428B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8FA2D92"/>
     <w:lvl w:ilvl="0" w:tplc="32FC4530">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8562,51 +8704,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F7A463C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5DA714E"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="1792BB7A">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Montserrat Medium" w:cs="Arial" w:hint="default"/>
@@ -8687,161 +8829,167 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="70203003">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1280647182">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="393895304">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="835878774">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="393895304">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="1062682715">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1944800576">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2028411079">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2083066476">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1986741970">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2093429972">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1427992195">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1353611600">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1781753671">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1282760025">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="45565700">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="822742402">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="2125683598">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1952392963">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="240801589">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="304315709">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1423333915">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1579943685">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="27025220">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="582300930">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="991787371">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1498618037">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1891182117">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1565723087">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="539323719">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="488056623">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="844057527">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1274290325">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="7563771">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="98063921">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="336931959">
+    <w:abstractNumId w:val="6"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -9094,50 +9242,51 @@
     <w:rsid w:val="004437BE"/>
     <w:rsid w:val="00444032"/>
     <w:rsid w:val="00444423"/>
     <w:rsid w:val="004469DF"/>
     <w:rsid w:val="00453BBD"/>
     <w:rsid w:val="00457A56"/>
     <w:rsid w:val="00460DCD"/>
     <w:rsid w:val="00463C99"/>
     <w:rsid w:val="0046732C"/>
     <w:rsid w:val="004832B6"/>
     <w:rsid w:val="0048361D"/>
     <w:rsid w:val="004844CB"/>
     <w:rsid w:val="00491F0D"/>
     <w:rsid w:val="00492D82"/>
     <w:rsid w:val="00493C8B"/>
     <w:rsid w:val="004966EA"/>
     <w:rsid w:val="004968A1"/>
     <w:rsid w:val="004A1DE2"/>
     <w:rsid w:val="004A4486"/>
     <w:rsid w:val="004A539E"/>
     <w:rsid w:val="004A716F"/>
     <w:rsid w:val="004B0CE8"/>
     <w:rsid w:val="004B12BA"/>
     <w:rsid w:val="004B5045"/>
     <w:rsid w:val="004B594E"/>
+    <w:rsid w:val="004B7ADC"/>
     <w:rsid w:val="004C2579"/>
     <w:rsid w:val="004C25EE"/>
     <w:rsid w:val="004C73D0"/>
     <w:rsid w:val="004D5834"/>
     <w:rsid w:val="004E1EB3"/>
     <w:rsid w:val="004E1EFB"/>
     <w:rsid w:val="004E3244"/>
     <w:rsid w:val="004F07C6"/>
     <w:rsid w:val="004F1EF5"/>
     <w:rsid w:val="004F5943"/>
     <w:rsid w:val="00501B94"/>
     <w:rsid w:val="00503760"/>
     <w:rsid w:val="00506BFA"/>
     <w:rsid w:val="00510285"/>
     <w:rsid w:val="00510390"/>
     <w:rsid w:val="00515871"/>
     <w:rsid w:val="005158C1"/>
     <w:rsid w:val="00515CA0"/>
     <w:rsid w:val="005173A5"/>
     <w:rsid w:val="0051756A"/>
     <w:rsid w:val="0052069A"/>
     <w:rsid w:val="00520E0B"/>
     <w:rsid w:val="0052229C"/>
     <w:rsid w:val="00522A46"/>
     <w:rsid w:val="00524E22"/>
@@ -9344,50 +9493,51 @@
     <w:rsid w:val="00912975"/>
     <w:rsid w:val="00912C82"/>
     <w:rsid w:val="009148E3"/>
     <w:rsid w:val="009178EE"/>
     <w:rsid w:val="00917D38"/>
     <w:rsid w:val="0092104B"/>
     <w:rsid w:val="00922EB9"/>
     <w:rsid w:val="00931FF8"/>
     <w:rsid w:val="0093234B"/>
     <w:rsid w:val="0093277C"/>
     <w:rsid w:val="00935041"/>
     <w:rsid w:val="009407E3"/>
     <w:rsid w:val="00950CFF"/>
     <w:rsid w:val="00960018"/>
     <w:rsid w:val="009710FE"/>
     <w:rsid w:val="009713B5"/>
     <w:rsid w:val="00972BE7"/>
     <w:rsid w:val="00974509"/>
     <w:rsid w:val="0098472E"/>
     <w:rsid w:val="00985BBC"/>
     <w:rsid w:val="00986A63"/>
     <w:rsid w:val="00994A5F"/>
     <w:rsid w:val="00995F59"/>
     <w:rsid w:val="009967A4"/>
     <w:rsid w:val="00996B58"/>
+    <w:rsid w:val="00997493"/>
     <w:rsid w:val="009A2A72"/>
     <w:rsid w:val="009A316E"/>
     <w:rsid w:val="009A5743"/>
     <w:rsid w:val="009A6241"/>
     <w:rsid w:val="009A7F76"/>
     <w:rsid w:val="009B13BD"/>
     <w:rsid w:val="009B3927"/>
     <w:rsid w:val="009B5F3B"/>
     <w:rsid w:val="009C37B7"/>
     <w:rsid w:val="009C723A"/>
     <w:rsid w:val="009D210F"/>
     <w:rsid w:val="009D3ED9"/>
     <w:rsid w:val="009E2911"/>
     <w:rsid w:val="009E2C88"/>
     <w:rsid w:val="009E4639"/>
     <w:rsid w:val="009E4FBD"/>
     <w:rsid w:val="009F432E"/>
     <w:rsid w:val="009F5617"/>
     <w:rsid w:val="009F6961"/>
     <w:rsid w:val="009F7023"/>
     <w:rsid w:val="00A02A78"/>
     <w:rsid w:val="00A038C8"/>
     <w:rsid w:val="00A03FB2"/>
     <w:rsid w:val="00A05F3F"/>
     <w:rsid w:val="00A170E0"/>
@@ -9405,50 +9555,51 @@
     <w:rsid w:val="00A6458B"/>
     <w:rsid w:val="00A66A37"/>
     <w:rsid w:val="00A66C0D"/>
     <w:rsid w:val="00A71D2A"/>
     <w:rsid w:val="00A728FD"/>
     <w:rsid w:val="00A753E0"/>
     <w:rsid w:val="00A75E91"/>
     <w:rsid w:val="00A76CD4"/>
     <w:rsid w:val="00A76D79"/>
     <w:rsid w:val="00A84990"/>
     <w:rsid w:val="00A84EB2"/>
     <w:rsid w:val="00A916BB"/>
     <w:rsid w:val="00A92B04"/>
     <w:rsid w:val="00A934A4"/>
     <w:rsid w:val="00A9424E"/>
     <w:rsid w:val="00AA0010"/>
     <w:rsid w:val="00AA0407"/>
     <w:rsid w:val="00AA05D8"/>
     <w:rsid w:val="00AA0639"/>
     <w:rsid w:val="00AA0A5C"/>
     <w:rsid w:val="00AA5C3A"/>
     <w:rsid w:val="00AB2516"/>
     <w:rsid w:val="00AC4AC1"/>
     <w:rsid w:val="00AC510A"/>
     <w:rsid w:val="00AD0110"/>
+    <w:rsid w:val="00AD17B2"/>
     <w:rsid w:val="00AD6B4B"/>
     <w:rsid w:val="00AE593D"/>
     <w:rsid w:val="00AE5FC0"/>
     <w:rsid w:val="00AE6AFE"/>
     <w:rsid w:val="00AF0AF8"/>
     <w:rsid w:val="00AF1239"/>
     <w:rsid w:val="00AF2282"/>
     <w:rsid w:val="00AF3A2C"/>
     <w:rsid w:val="00AF6865"/>
     <w:rsid w:val="00AF7D3F"/>
     <w:rsid w:val="00B043C1"/>
     <w:rsid w:val="00B066FC"/>
     <w:rsid w:val="00B1234D"/>
     <w:rsid w:val="00B22AFE"/>
     <w:rsid w:val="00B235C9"/>
     <w:rsid w:val="00B27007"/>
     <w:rsid w:val="00B31BA6"/>
     <w:rsid w:val="00B33E06"/>
     <w:rsid w:val="00B3676F"/>
     <w:rsid w:val="00B37015"/>
     <w:rsid w:val="00B4040C"/>
     <w:rsid w:val="00B412FE"/>
     <w:rsid w:val="00B47E0C"/>
     <w:rsid w:val="00B571CA"/>
     <w:rsid w:val="00B571F4"/>
@@ -10507,50 +10658,66 @@
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009713B5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A3">
     <w:name w:val="A3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE6AFE"/>
     <w:rPr>
       <w:rFonts w:cs="Helvetica 45 Light"/>
       <w:color w:val="000000"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004B7ADC"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="152766928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="749498498">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -10934,68 +11101,68 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29FB312A-0A70-4B32-AB21-13328FDF341A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1385</Words>
-  <Characters>7897</Characters>
+  <Words>1373</Words>
+  <Characters>7830</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>65</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9264</CharactersWithSpaces>
+  <CharactersWithSpaces>9185</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>