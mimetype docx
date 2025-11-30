--- v0 (2025-10-24)
+++ v1 (2025-11-30)
@@ -139,209 +139,218 @@
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SERVER</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00406554" w:rsidRPr="00190C53">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Arial"/>
             <w:color w:val="4F81BD" w:themeColor="accent1"/>
           </w:rPr>
           <w:t>www.openeye.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="69D77575" w14:textId="77777777" w:rsidR="00906404" w:rsidRPr="00AC6ECA" w:rsidRDefault="00906404" w:rsidP="00906404">
+    <w:p w14:paraId="0E33933A" w14:textId="77777777" w:rsidR="00420B66" w:rsidRDefault="00420B66" w:rsidP="00420B66">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DIVISION 28 - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ELECTRONIC SAFETY AND SECURITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA3CC8E" w14:textId="77777777" w:rsidR="00420B66" w:rsidRDefault="00420B66" w:rsidP="00420B66">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 00 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05EB59CA" w14:textId="77777777" w:rsidR="00420B66" w:rsidRDefault="00420B66" w:rsidP="00420B66">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 20 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Video Surveillance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E04F5C" w14:textId="77777777" w:rsidR="00420B66" w:rsidRDefault="00420B66" w:rsidP="00420B66">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 05 19 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Storage Appliances for Electronic Safety and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C97D5DF" w14:textId="09332550" w:rsidR="00420B66" w:rsidRDefault="00420B66" w:rsidP="00420B66">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 28 23 00 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Video Management System</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388C4241" w14:textId="77777777" w:rsidR="00420B66" w:rsidRPr="00420B66" w:rsidRDefault="00420B66" w:rsidP="00420B66">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F862C7" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00190C53" w:rsidRDefault="006B5CF3" w:rsidP="006B5CF3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc334350689"/>
-      <w:r w:rsidRPr="00AC6ECA">
+      <w:r w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold"/>
           <w:b/>
         </w:rPr>
-        <w:t>DIVISION 28</w:t>
-[...144 lines deleted...]
-        </w:rPr>
         <w:t>PART 1 GENERAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AF2598A" w14:textId="77777777" w:rsidR="00D041D6" w:rsidRPr="00D041D6" w:rsidRDefault="00D041D6" w:rsidP="00D041D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E61D687" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00190C53" w:rsidRDefault="006B5CF3" w:rsidP="00D041D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
@@ -469,568 +478,594 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>Online Web Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1664A269" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00190C53" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="795"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F1F616F" w14:textId="5FC66D91" w:rsidR="00F21E4C" w:rsidRPr="00906404" w:rsidRDefault="006B5CF3" w:rsidP="00906404">
+    <w:p w14:paraId="6F1F616F" w14:textId="50D41DA0" w:rsidR="00F21E4C" w:rsidRPr="00906404" w:rsidRDefault="006B5CF3" w:rsidP="00420B66">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:rPr>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00415406">
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00420B66">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>elated Requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE94821" w14:textId="77777777" w:rsidR="00420B66" w:rsidRPr="00420B66" w:rsidRDefault="00420B66" w:rsidP="00420B66">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420B66">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>28 05 00 Common Work Results for Electronic Safety and Security</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EC8CD68" w14:textId="77777777" w:rsidR="00906404" w:rsidRPr="00415406" w:rsidRDefault="00906404" w:rsidP="00906404">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00415406">
+    <w:p w14:paraId="7F80F5B2" w14:textId="77777777" w:rsidR="00420B66" w:rsidRPr="00420B66" w:rsidRDefault="00420B66" w:rsidP="00420B66">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420B66">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>28 05 25 Cloud Based Storage for Electronic Safety and Security</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="187CC5C9" w14:textId="77777777" w:rsidR="00906404" w:rsidRPr="00415406" w:rsidRDefault="00906404" w:rsidP="00906404">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00415406">
+    <w:p w14:paraId="115EBA75" w14:textId="77777777" w:rsidR="00420B66" w:rsidRPr="00420B66" w:rsidRDefault="00420B66" w:rsidP="00420B66">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420B66">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>28 05 19.11 Digital Video Recorders</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BC6094" w14:textId="77777777" w:rsidR="00906404" w:rsidRPr="00415406" w:rsidRDefault="00906404" w:rsidP="00906404">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00415406">
+    <w:p w14:paraId="7A23D9AA" w14:textId="77777777" w:rsidR="00420B66" w:rsidRPr="00420B66" w:rsidRDefault="00420B66" w:rsidP="00420B66">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420B66">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>28 05 19.15 Network Video Recorders</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="563A4CDA" w14:textId="77777777" w:rsidR="00906404" w:rsidRPr="00415406" w:rsidRDefault="00906404" w:rsidP="00906404">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00415406">
+    <w:p w14:paraId="6C0CCBBE" w14:textId="55E15F07" w:rsidR="009E2C88" w:rsidRPr="00420B66" w:rsidRDefault="00420B66" w:rsidP="00420B66">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420B66">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>28 23 13 Video Management System Interfaces</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C0CCBBE" w14:textId="77777777" w:rsidR="009E2C88" w:rsidRPr="00190C53" w:rsidRDefault="009E2C88" w:rsidP="009E2C88">
+    <w:p w14:paraId="41F12545" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00190C53" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>SUBMITTALS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2F9B9C" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00190C53" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="666"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C719DD1" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00190C53" w:rsidRDefault="009E2C88" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Manufacturer’s</w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CF3" w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data sheets in digital or printed form</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC03537" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00190C53" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="795"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11C6541A" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00190C53" w:rsidRDefault="004966EA" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Manufacturer’s </w:t>
+      </w:r>
+      <w:r w:rsidR="006B5CF3" w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>installation and operations manuals in digital or printed form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00952A1D" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00190C53" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="795"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="757D44A4" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00190C53" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>QUALIFICATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61BF4AED" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00190C53" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="666"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02AA5B84" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00190C53" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Manufacturer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C857C44" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00190C53" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="795"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07FD2815" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00190C53" w:rsidRDefault="006B5CF3" w:rsidP="00E25E46">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Manufacturer shall have been in business for more than 10 years</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15F75CE9" w14:textId="77777777" w:rsidR="00E25E46" w:rsidRPr="00190C53" w:rsidRDefault="00E25E46" w:rsidP="00E25E46">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1515"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
-          <w:color w:val="00B0F0"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="41F12545" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00190C53" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DB421B9" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00190C53" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>Installer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127E9033" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00190C53" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1515"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C6EADC6" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00190C53" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>All installation, configuration, setup and related work shall be performed by an authorized technician certified by the manufacturer</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D0D5613" w14:textId="77777777" w:rsidR="00F21E4C" w:rsidRPr="00190C53" w:rsidRDefault="00F21E4C" w:rsidP="00F21E4C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1515"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63AC0C3D" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00190C53" w:rsidRDefault="006B5CF3" w:rsidP="00390821">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>All installation shall be performed by a technician licensed to install and service video surveillance and security equipment as mandated by the authority having jurisdiction</w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A5E6B3B" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00190C53" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="1515"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7344A5ED" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00190C53" w:rsidRDefault="000E68A7" w:rsidP="000E68A7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>SUBMITTALS</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5B2F9B9C" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00190C53" w:rsidRDefault="004966EA" w:rsidP="004966EA">
+        <w:t xml:space="preserve">WARRANTY &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="004966EA" w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>SUPPORT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B9E59BA" w14:textId="77777777" w:rsidR="004235F0" w:rsidRPr="00190C53" w:rsidRDefault="004235F0" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="666"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C719DD1" w14:textId="77777777" w:rsidR="006B5CF3" w:rsidRPr="00190C53" w:rsidRDefault="009E2C88" w:rsidP="00390821">
-[...291 lines deleted...]
-    <w:p w14:paraId="74E50C4F" w14:textId="7810BF3A" w:rsidR="000E68A7" w:rsidRPr="00190C53" w:rsidRDefault="007438C7" w:rsidP="004235F0">
+    <w:p w14:paraId="74E50C4F" w14:textId="612AA005" w:rsidR="000E68A7" w:rsidRPr="00190C53" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>The Network Video Recorder</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall come with a minimum </w:t>
       </w:r>
+      <w:r w:rsidR="00420B66">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidR="00595C35" w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:t>3-year</w:t>
+        <w:t>-year</w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t xml:space="preserve"> manufacturer’s warranty with the 1st year including advance replacement service.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12162771" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00190C53" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Network Video Recorder </w:t>
       </w:r>
       <w:r w:rsidR="000E68A7" w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>shall come with a heroic customer service support structure, including a 1-888 number for technical service, pre and post sales assistance, and full access to online technical support as well as online sales support.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F3CD86" w14:textId="77777777" w:rsidR="000E68A7" w:rsidRPr="00190C53" w:rsidRDefault="000E68A7" w:rsidP="004235F0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Paragraph"/>
+    <w:p w14:paraId="4FED94B0" w14:textId="77777777" w:rsidR="00420B66" w:rsidRDefault="00420B66" w:rsidP="00420B66">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
-        <w:rPr>
-[...12 lines deleted...]
-      </w:r>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Technical support shall be available weekdays from 5 a.m. to 5 p.m. PST.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4824399E" w14:textId="77777777" w:rsidR="00420B66" w:rsidRDefault="00420B66" w:rsidP="00420B66">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="435"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="022085B8" w14:textId="77777777" w:rsidR="004966EA" w:rsidRPr="00190C53" w:rsidRDefault="007438C7" w:rsidP="004235F0">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>System</w:t>
       </w:r>
       <w:r w:rsidR="004966EA" w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
@@ -1161,133 +1196,133 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DOCUMENT SUMMARY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="667DF738" w14:textId="12A42270" w:rsidR="00406554" w:rsidRPr="00190C53" w:rsidRDefault="00331F49" w:rsidP="00994A5F">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>This document specifies</w:t>
+      </w:r>
+      <w:r w:rsidR="00406554" w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the minimum</w:t>
+      </w:r>
+      <w:r w:rsidR="00C607F0" w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> criteria for the design and performance </w:t>
+      </w:r>
+      <w:r w:rsidR="00406554" w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A44848" w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OE-M</w:t>
+      </w:r>
+      <w:r w:rsidR="002802CA" w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="008E702C" w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NVR </w:t>
+      </w:r>
+      <w:r w:rsidR="00A44848" w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Server</w:t>
+      </w:r>
+      <w:r w:rsidR="00406554" w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0982155C" w14:textId="77777777" w:rsidR="00406554" w:rsidRPr="00190C53" w:rsidRDefault="00406554" w:rsidP="00C81CE9">
+      <w:pPr>
+        <w:pStyle w:val="Article"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00190C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>This document specifies</w:t>
-[...80 lines deleted...]
-        </w:rPr>
         <w:t>STANDARDS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E7A211E" w14:textId="77777777" w:rsidR="00406554" w:rsidRPr="00190C53" w:rsidRDefault="005B206A" w:rsidP="00994A5F">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00190C53">
@@ -2409,73 +2444,73 @@
       <w:r w:rsidR="00F63294" w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>kg)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B81A654" w14:textId="77777777" w:rsidR="00406554" w:rsidRPr="00190C53" w:rsidRDefault="00406554" w:rsidP="00B1234D">
       <w:pPr>
         <w:pStyle w:val="Article"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">OPERATIONAL REQUIREMENTS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17D6BD89" w14:textId="77777777" w:rsidR="001406B1" w:rsidRPr="00190C53" w:rsidRDefault="008A3E6C" w:rsidP="001406B1">
       <w:pPr>
         <w:pStyle w:val="Paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">NVR </w:t>
       </w:r>
       <w:r w:rsidR="00E91A21" w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cloud-Managed Server</w:t>
       </w:r>
       <w:r w:rsidR="0075714C" w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – The network</w:t>
       </w:r>
       <w:r w:rsidR="00406554" w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> video </w:t>
@@ -3271,69 +3306,69 @@
       </w:r>
       <w:r w:rsidR="001406B1" w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.0 Terabytes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="448A5531" w14:textId="77777777" w:rsidR="001C5BEE" w:rsidRPr="00190C53" w:rsidRDefault="001C5BEE" w:rsidP="001C5BEE">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  12.0 Terabytes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09F315A4" w14:textId="77777777" w:rsidR="001C5BEE" w:rsidRPr="00190C53" w:rsidRDefault="001C5BEE" w:rsidP="001C5BEE">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  1</w:t>
       </w:r>
       <w:r w:rsidR="00D318D1" w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
         <w:t>.0 Terabytes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D91EA14" w14:textId="77777777" w:rsidR="001C5BEE" w:rsidRPr="00190C53" w:rsidRDefault="00D318D1" w:rsidP="001C5BEE">
       <w:pPr>
         <w:pStyle w:val="LineBlank"/>
         <w:numPr>
           <w:ilvl w:val="4"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         </w:rPr>
@@ -5728,126 +5763,127 @@
       <w:r w:rsidRPr="00190C53">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium" w:cs="Arial"/>
         </w:rPr>
         <w:t>END OF DOCUMENT</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008823D9" w:rsidRPr="00190C53" w:rsidSect="002B4B81">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4DBEC039" w14:textId="77777777" w:rsidR="007E527F" w:rsidRDefault="007E527F" w:rsidP="006C76B9">
+    <w:p w14:paraId="52BA6392" w14:textId="77777777" w:rsidR="007A75B8" w:rsidRDefault="007A75B8" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B8094D6" w14:textId="77777777" w:rsidR="007E527F" w:rsidRDefault="007E527F" w:rsidP="006C76B9">
+    <w:p w14:paraId="0C41061E" w14:textId="77777777" w:rsidR="007A75B8" w:rsidRDefault="007A75B8" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat Medium">
     <w:panose1 w:val="00000600000000000000"/>
-    <w:charset w:val="4D"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Swis721 BT">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="1000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000011" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica 45 Light">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0403020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat SemiBold">
     <w:panose1 w:val="00000700000000000000"/>
-    <w:charset w:val="4D"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D7FE083" w14:textId="7CAAB6F9" w:rsidR="00E25E46" w:rsidRPr="00190C53" w:rsidRDefault="00365FF6" w:rsidP="00E25E46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -5868,110 +5904,110 @@
       </w:rPr>
       <w:t>8054</w:t>
     </w:r>
     <w:r w:rsidR="00007004" w:rsidRPr="00190C53">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
     <w:r w:rsidR="00906404">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>C</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6F13C235" w14:textId="7DBA1454" w:rsidR="00E25E46" w:rsidRPr="00190C53" w:rsidRDefault="00007004" w:rsidP="00E25E46">
+  <w:p w14:paraId="6F13C235" w14:textId="00CDA5FE" w:rsidR="00E25E46" w:rsidRPr="00190C53" w:rsidRDefault="00007004" w:rsidP="00E25E46">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00190C53">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="004C6C0C">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8054</w:t>
     </w:r>
     <w:r w:rsidRPr="00190C53">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>A</w:t>
     </w:r>
-    <w:r w:rsidR="00906404">
+    <w:r w:rsidR="00420B66">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>C</w:t>
+      <w:t>D</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17EB4F17" w14:textId="77777777" w:rsidR="007E527F" w:rsidRDefault="007E527F" w:rsidP="006C76B9">
+    <w:p w14:paraId="5FDF1180" w14:textId="77777777" w:rsidR="007A75B8" w:rsidRDefault="007A75B8" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A4B3624" w14:textId="77777777" w:rsidR="007E527F" w:rsidRDefault="007E527F" w:rsidP="006C76B9">
+    <w:p w14:paraId="5BE8D8EA" w14:textId="77777777" w:rsidR="007A75B8" w:rsidRDefault="007A75B8" w:rsidP="006C76B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="565053189"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:hAnsi="Montserrat Medium"/>
       </w:rPr>
@@ -6405,50 +6441,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E0A55C7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A5EE4EBE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11B8714B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="BulletList"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6545,54 +6694,54 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="215209B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B02ABF02"/>
+    <w:tmpl w:val="1E48306A"/>
     <w:lvl w:ilvl="0" w:tplc="B3623750">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -6635,51 +6784,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CA2795D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0316BAC6"/>
     <w:lvl w:ilvl="0" w:tplc="BB16E40E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6725,51 +6874,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FD53949"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCEC8EB4"/>
     <w:lvl w:ilvl="0" w:tplc="8354CC88">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1512" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2232" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -6814,51 +6963,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5832" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6552" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7272" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33284D42"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8BEC4A1E"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="ACE8CD92">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Montserrat Medium" w:cs="Arial" w:hint="default"/>
@@ -6912,51 +7061,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A977FC4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3722214"/>
     <w:lvl w:ilvl="0" w:tplc="A95836C8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7002,51 +7151,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EFB587E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13A864A8"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F97822B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -7094,51 +7243,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40DF7315"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8D96608C"/>
     <w:styleLink w:val="Style1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SECTION %1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="666"/>
@@ -7235,51 +7384,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4032"/>
         </w:tabs>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4608"/>
         </w:tabs>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="420B63B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23189438"/>
     <w:lvl w:ilvl="0" w:tplc="72187900">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -7324,51 +7473,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46015B67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8FA2D92"/>
     <w:lvl w:ilvl="0" w:tplc="32FC4530">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7414,51 +7563,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B4A276D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FD265616"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Part"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SECTION %1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1674" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Article"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7558,51 +7707,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4032"/>
         </w:tabs>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4608"/>
         </w:tabs>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52456F20"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E2EC21BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="SECTION %1  "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="666"/>
@@ -7696,51 +7845,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="4032"/>
         </w:tabs>
         <w:ind w:left="4032" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%9)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4608"/>
         </w:tabs>
         <w:ind w:left="4608" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="576D428C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="548C0EB6"/>
     <w:lvl w:ilvl="0" w:tplc="AFE09AA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7786,51 +7935,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57923C47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="745EB3F4"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -7875,51 +8024,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EE1356B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69B6F49E"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="11F68D08">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Montserrat Medium" w:cs="Arial" w:hint="default"/>
@@ -7967,51 +8116,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F125728"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6218A186"/>
     <w:lvl w:ilvl="0" w:tplc="3468F48E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8057,51 +8206,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="731428B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8FA2D92"/>
     <w:lvl w:ilvl="0" w:tplc="32FC4530">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8147,51 +8296,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F7A463C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C705146"/>
     <w:lvl w:ilvl="0" w:tplc="BD76E6FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="3CB2D8EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat Medium" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Montserrat Medium" w:cs="Arial" w:hint="default"/>
@@ -8240,197 +8389,203 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2075005243">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1970896736">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="605816146">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1321811288">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1093629194">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1321811288">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="381371589">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="445663443">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1138037703">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="892884937">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1621650001">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1256404633">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1284995720">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="209191076">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1769160070">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="768504172">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1720083959">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="2046055525">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="562837611">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="619922664">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="531573914">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="691106079">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="239339687">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1844978388">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="356322321">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="129439295">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="706563197">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1256404633">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="27" w16cid:durableId="1966613416">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1284995720">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="28" w16cid:durableId="1540435022">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="209191076">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="29" w16cid:durableId="614875064">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1769160070">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="30" w16cid:durableId="1776748250">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="768504172">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="31" w16cid:durableId="268123345">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1720083959">
-[...2 lines deleted...]
-  <w:num w:numId="17" w16cid:durableId="2046055525">
+  <w:num w:numId="32" w16cid:durableId="1517571107">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="562837611">
-[...43 lines deleted...]
-  </w:num>
   <w:num w:numId="33" w16cid:durableId="1013341355">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="2031560944">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1863783942">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="889000056">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="648440276">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1501431450">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -8640,50 +8795,51 @@
     <w:rsid w:val="003D4159"/>
     <w:rsid w:val="003D4BB2"/>
     <w:rsid w:val="003D587E"/>
     <w:rsid w:val="003D6998"/>
     <w:rsid w:val="003E08FE"/>
     <w:rsid w:val="003E17EE"/>
     <w:rsid w:val="003E38B3"/>
     <w:rsid w:val="003E4340"/>
     <w:rsid w:val="003E4F92"/>
     <w:rsid w:val="003E7495"/>
     <w:rsid w:val="003F0F2A"/>
     <w:rsid w:val="003F2F1B"/>
     <w:rsid w:val="003F4F5B"/>
     <w:rsid w:val="003F5FC8"/>
     <w:rsid w:val="00400ACA"/>
     <w:rsid w:val="004012AA"/>
     <w:rsid w:val="00401A1B"/>
     <w:rsid w:val="00404529"/>
     <w:rsid w:val="00406554"/>
     <w:rsid w:val="004066BE"/>
     <w:rsid w:val="00406A64"/>
     <w:rsid w:val="00407894"/>
     <w:rsid w:val="004160E1"/>
     <w:rsid w:val="004167A8"/>
     <w:rsid w:val="0041766A"/>
+    <w:rsid w:val="00420B66"/>
     <w:rsid w:val="00420C91"/>
     <w:rsid w:val="004235F0"/>
     <w:rsid w:val="00424809"/>
     <w:rsid w:val="00431C50"/>
     <w:rsid w:val="00431DB7"/>
     <w:rsid w:val="00433270"/>
     <w:rsid w:val="00435FE9"/>
     <w:rsid w:val="00440E35"/>
     <w:rsid w:val="00441044"/>
     <w:rsid w:val="00441EC6"/>
     <w:rsid w:val="00442449"/>
     <w:rsid w:val="004437BE"/>
     <w:rsid w:val="00444032"/>
     <w:rsid w:val="00444423"/>
     <w:rsid w:val="004469DF"/>
     <w:rsid w:val="00453BBD"/>
     <w:rsid w:val="00460DCD"/>
     <w:rsid w:val="00463C99"/>
     <w:rsid w:val="0046732C"/>
     <w:rsid w:val="004832B6"/>
     <w:rsid w:val="0048361D"/>
     <w:rsid w:val="004844CB"/>
     <w:rsid w:val="00491F0D"/>
     <w:rsid w:val="00492D82"/>
     <w:rsid w:val="00493C8B"/>
@@ -8805,50 +8961,51 @@
     <w:rsid w:val="00751628"/>
     <w:rsid w:val="007521A3"/>
     <w:rsid w:val="007566FE"/>
     <w:rsid w:val="0075714C"/>
     <w:rsid w:val="00757A21"/>
     <w:rsid w:val="00765937"/>
     <w:rsid w:val="00765A4D"/>
     <w:rsid w:val="00766E6E"/>
     <w:rsid w:val="007705BA"/>
     <w:rsid w:val="0077096A"/>
     <w:rsid w:val="00771883"/>
     <w:rsid w:val="00774370"/>
     <w:rsid w:val="00775651"/>
     <w:rsid w:val="00781910"/>
     <w:rsid w:val="00782725"/>
     <w:rsid w:val="00784403"/>
     <w:rsid w:val="00785145"/>
     <w:rsid w:val="007871E5"/>
     <w:rsid w:val="00790BD9"/>
     <w:rsid w:val="007937AF"/>
     <w:rsid w:val="0079641E"/>
     <w:rsid w:val="007A0433"/>
     <w:rsid w:val="007A04AE"/>
     <w:rsid w:val="007A2699"/>
     <w:rsid w:val="007A531A"/>
+    <w:rsid w:val="007A75B8"/>
     <w:rsid w:val="007B271B"/>
     <w:rsid w:val="007B53B4"/>
     <w:rsid w:val="007C19BE"/>
     <w:rsid w:val="007D0AB9"/>
     <w:rsid w:val="007D1C51"/>
     <w:rsid w:val="007D25CE"/>
     <w:rsid w:val="007D4E29"/>
     <w:rsid w:val="007D55D3"/>
     <w:rsid w:val="007D563E"/>
     <w:rsid w:val="007D7C0D"/>
     <w:rsid w:val="007E09A3"/>
     <w:rsid w:val="007E3F3D"/>
     <w:rsid w:val="007E478C"/>
     <w:rsid w:val="007E527F"/>
     <w:rsid w:val="007F104F"/>
     <w:rsid w:val="007F52E1"/>
     <w:rsid w:val="007F668A"/>
     <w:rsid w:val="00801A0C"/>
     <w:rsid w:val="00802D62"/>
     <w:rsid w:val="00803587"/>
     <w:rsid w:val="00803E37"/>
     <w:rsid w:val="0081118E"/>
     <w:rsid w:val="00813EED"/>
     <w:rsid w:val="0081427C"/>
     <w:rsid w:val="0082269D"/>
@@ -8904,50 +9061,51 @@
     <w:rsid w:val="00911E73"/>
     <w:rsid w:val="0091265A"/>
     <w:rsid w:val="00912975"/>
     <w:rsid w:val="00912C82"/>
     <w:rsid w:val="009148E3"/>
     <w:rsid w:val="009178EE"/>
     <w:rsid w:val="00917D38"/>
     <w:rsid w:val="0092104B"/>
     <w:rsid w:val="00922EB9"/>
     <w:rsid w:val="00931FF8"/>
     <w:rsid w:val="0093234B"/>
     <w:rsid w:val="0093277C"/>
     <w:rsid w:val="00935041"/>
     <w:rsid w:val="009407E3"/>
     <w:rsid w:val="00950CFF"/>
     <w:rsid w:val="00962906"/>
     <w:rsid w:val="009713B5"/>
     <w:rsid w:val="00974509"/>
     <w:rsid w:val="0098472E"/>
     <w:rsid w:val="00985BBC"/>
     <w:rsid w:val="00986A63"/>
     <w:rsid w:val="00994A5F"/>
     <w:rsid w:val="00995F59"/>
     <w:rsid w:val="009967A4"/>
     <w:rsid w:val="00996B58"/>
+    <w:rsid w:val="00997493"/>
     <w:rsid w:val="009A2A72"/>
     <w:rsid w:val="009A316E"/>
     <w:rsid w:val="009A6241"/>
     <w:rsid w:val="009A7F76"/>
     <w:rsid w:val="009B12C1"/>
     <w:rsid w:val="009B13BD"/>
     <w:rsid w:val="009B3927"/>
     <w:rsid w:val="009B5F3B"/>
     <w:rsid w:val="009C37B7"/>
     <w:rsid w:val="009C723A"/>
     <w:rsid w:val="009C7762"/>
     <w:rsid w:val="009D210F"/>
     <w:rsid w:val="009D3ED9"/>
     <w:rsid w:val="009E2911"/>
     <w:rsid w:val="009E2C88"/>
     <w:rsid w:val="009E4639"/>
     <w:rsid w:val="009E4FBD"/>
     <w:rsid w:val="009F5617"/>
     <w:rsid w:val="009F6961"/>
     <w:rsid w:val="009F7023"/>
     <w:rsid w:val="009F70B6"/>
     <w:rsid w:val="00A02A78"/>
     <w:rsid w:val="00A038C8"/>
     <w:rsid w:val="00A03FB2"/>
     <w:rsid w:val="00A05F3F"/>
@@ -10046,50 +10204,65 @@
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009713B5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A3">
     <w:name w:val="A3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AE6AFE"/>
     <w:rPr>
       <w:rFonts w:cs="Helvetica 45 Light"/>
       <w:color w:val="000000"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00420B66"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="152766928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="749498498">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -10473,68 +10646,68 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="GOST - Title Sort"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8E4A4E2-88FF-426D-997F-960B17484602}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1193</Words>
-  <Characters>6806</Characters>
+  <Words>1181</Words>
+  <Characters>6738</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>56</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>OPENEYE X4 A&amp;E SPECIFICATIONS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7984</CharactersWithSpaces>
+  <CharactersWithSpaces>7904</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>OPENEYE X4 A&amp;E SPECIFICATIONS</dc:title>
   <dc:subject>A&amp;E</dc:subject>
   <dc:creator>MBronson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Product reference</cp:category>
 </cp:coreProperties>
 </file>